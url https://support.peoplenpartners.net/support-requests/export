--- v0 (2025-12-17)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1789">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2043">
   <si>
     <t>Ticket No</t>
   </si>
   <si>
     <t>Requester</t>
   </si>
   <si>
     <t>Department</t>
   </si>
   <si>
     <t>Project Title</t>
   </si>
   <si>
     <t>Severity Level</t>
   </si>
   <si>
     <t>Request Type</t>
   </si>
   <si>
     <t>Requester Name</t>
   </si>
   <si>
     <t>Created By</t>
   </si>
   <si>
@@ -5457,59 +5457,50 @@
   </si>
   <si>
     <t>Lost information Healthcare (CHC/PPI/CR3-0936/E5)</t>
   </si>
   <si>
     <t>Dear IT Team,
 Please help check on Endorsement Lost information on Healthcare Endorsement Policy No. CHC/PPI/CR3-0936/E5
 Thanks.</t>
   </si>
   <si>
     <t>Cargo Insurance Quotation and Policy</t>
   </si>
   <si>
     <t>Please help to increase the space for the clause and endorsement for Cargo Insurance Quotation and Policy. and finding the photo attached below. thanks</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
   <si>
     <t>Description: UI tweaks or small bug fixes
 Resolution Time: At least 3 hours to 2 working days
 Expected Completion Date: 2025-10-17
 Notes: Routine improvements</t>
   </si>
   <si>
-    <t>update new ID</t>
-[...7 lines deleted...]
-  <si>
     <t>Fixing Printer Epson L1110</t>
   </si>
   <si>
     <t>the Printer not work (cannot print out)</t>
   </si>
   <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2025-10-17
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>Put NCD on Renewal Quotation as the same old policy</t>
   </si>
   <si>
     <t>Dear Team, please help to check on Renewal Quotation for Motorcycle and Private Vehicle.</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>Description: Correct typos or simple field values
 Resolution Time: Within 1 working day
 Expected Completion Date: 2025-10-20
 Notes: Direct database access not required</t>
@@ -6017,53 +6008,50 @@
     <t>Dear Team, Please help create member of GARAGE KIM CHET 9999</t>
   </si>
   <si>
     <t>Description: UI tweaks or small bug fixes
 Resolution Time: At least 3 hours to 2 working days
 Expected Completion Date: 2025-11-14
 Notes: Routine improvements</t>
   </si>
   <si>
     <t>GARAGE COMPAIRISION REPORT</t>
   </si>
   <si>
     <t>Dear IT team, I would like to request new report generate regarding garage comparison report following attached file.
 Update report format: repair period,approval date and repair delay period.</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>Description: Architecture changes or major version upgrade
 Resolution Time: Within 25 working days
 Expected Completion Date: 2025-12-18
 Notes: Includes testing and staging</t>
   </si>
   <si>
-    <t>Progress</t>
-[...1 lines deleted...]
-  <si>
     <t>Date Paid Issue</t>
   </si>
   <si>
     <t>Dear IT team, I would like to inform you that yesterday 13-November 2025 I selected the paid dates according to the attached list. However, the system does not show the paid dates. Please kindly check. Thanks.</t>
   </si>
   <si>
     <t>Description: Minor tweaks or scheduled routine updates
 Resolution Time: Within 1 day
 Expected Completion Date: 2025-11-17
 Notes: Usually non-urgent</t>
   </si>
   <si>
     <t>Dear Team, Please help check, Support Request not work</t>
   </si>
   <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2025-11-14
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>Dear IT Team,
 Pls help book Cancel PV and PA of Chailease Leasing and Finance in October 2025 as attached</t>
   </si>
   <si>
@@ -6280,50 +6268,53 @@
 Expected Completion Date: 2025-11-26
 Notes: Routine improvements</t>
   </si>
   <si>
     <t>Delete blank box while previewing</t>
   </si>
   <si>
     <t>Please kindly delete the blank box on Bond Insurance which contained in the quote no. PB/PPI/Q-0275.</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>Description: Minor tweaks or scheduled routine updates
 Resolution Time: Within 1 day
 Expected Completion Date: 2025-11-27
 Notes: Usually non-urgent</t>
   </si>
   <si>
     <t>Create New Web Portal For Request Form.</t>
   </si>
   <si>
     <t>The HR &amp; Admin Department has requested the development of a new Request Form System for internal use.</t>
   </si>
   <si>
+    <t>Pending</t>
+  </si>
+  <si>
     <t>Loss benefits International policy and can't not preview</t>
   </si>
   <si>
     <t>Dear Team, Pls. kindly check on this policy number IHC/PPI/CR2-0046, as this policy loss of benefits and can't preview. thanks</t>
   </si>
   <si>
     <t>Description: Correct typos or simple field values
 Resolution Time: Within 1 working day
 Expected Completion Date: 2025-11-27
 Notes: Direct database access not required</t>
   </si>
   <si>
     <t>Authorization for the sales team to issue quick fire insurance quick policies</t>
   </si>
   <si>
     <t>Dear Team, this policy refers to the authorization for the sales team to issue quick fire insurance quick policies. As per the attached memo, we request that the IT team please grant us the necessary system permissions to make quick policies. Thank you</t>
   </si>
   <si>
     <t>Description: Functional upgrades or backend improvements
 Resolution Time: At least 10 working days or more based on project complexity
 Expected Completion Date: 2025-12-18
 Notes: Moderate changes</t>
   </si>
   <si>
     <t>Different amount and put title of each section in Location List</t>
@@ -6359,71 +6350,89 @@
     <t>2025-11-28</t>
   </si>
   <si>
     <t>Description: UI tweaks or small bug fixes
 Resolution Time: At least 3 hours to 2 working days
 Expected Completion Date: 2025-11-28
 Notes: Routine improvements</t>
   </si>
   <si>
     <t>Dear IT Team , Please  help to change exchange rate for Invoice No. PPI/DN/2511/310773 with 1$=4020 to 1$=4010
 Thanks</t>
   </si>
   <si>
     <t>Description: UI tweaks or small bug fixes
 Resolution Time: At least 3 hours to 2 working days
 Expected Completion Date: 2025-12-01
 Notes: Routine improvements</t>
   </si>
   <si>
     <t>error</t>
   </si>
   <si>
     <t>Dear B IT team, kindly check on the renewal Notification BUR please, due to it double on Dedutible even i deleted one it still appear.</t>
   </si>
   <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>Description: Hardware issue needing testing or diagnosis by third party
+Resolution Time: Within 7 working days
+Expected Completion Date: 2025-12-09
+Notes: May require vendor involvement</t>
+  </si>
+  <si>
     <t>ngosaphal</t>
   </si>
   <si>
     <t>Dear Team, I would like to request freelancer code follow agreement as attached.</t>
   </si>
   <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2025-12-01
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>Disappear data input</t>
   </si>
   <si>
     <t>Dear B IT team,
 We need your assistance with two issues in the new Public Liability quotation system:
 + The "scope of cover" data, although input, is disappearing from the quote preview.
 + One document page : some page the letter are too wide , while some are break to the other page, resulting in a layout break that affects other sections. Thank you.</t>
   </si>
   <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>Description: Hardware issue needing testing or diagnosis by third party
+Resolution Time: Within 7 working days
+Expected Completion Date: 2025-12-10
+Notes: May require vendor involvement</t>
+  </si>
+  <si>
     <t>Dear IT team, I have tried to turn on my computer but it does not work.</t>
   </si>
   <si>
     <t>Network cable issue</t>
   </si>
   <si>
     <t>2025-12-02</t>
   </si>
   <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2025-12-02
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>Dear Team, Please help create code for Freelancer for LIM PHOUSITHAVRITH. thanks</t>
   </si>
   <si>
     <t>2025-12-03</t>
   </si>
   <si>
     <t>Description: UI tweaks or small bug fixes
 Resolution Time: At least 3 hours to 2 working days
 Expected Completion Date: 2025-12-03
 Notes: Routine improvements</t>
@@ -6457,98 +6466,1127 @@
   </si>
   <si>
     <t>Please kindly help change the handler code of these policies from 179 to 179-IND. 
 Please refer to the attachment for the policies.</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>Description: Correct typos or simple field values
 Resolution Time: Within 1 working day
 Expected Completion Date: 2025-12-05
 Notes: Direct database access not required</t>
   </si>
   <si>
     <t>Assist on importing data from remote desktop to non-remote</t>
   </si>
   <si>
     <t>Please kindly help import folders (document, scan sale) from remote desktop to non-remote.</t>
   </si>
   <si>
     <t>Please kindly help change the handler code of attached policy from 169-IND to 0120-BDM HAN YANG. 
 Please refer to the attachment for the policies.</t>
   </si>
   <si>
-    <t>2025-12-09</t>
-[...1 lines deleted...]
-  <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2025-12-09
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>Assist on connecting my laptop to printer</t>
   </si>
   <si>
     <t>Please kindly help connect my laptop to the printer in sales room.</t>
   </si>
   <si>
     <t>2025-12-12</t>
   </si>
   <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2025-12-12
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>Assist on new key-in system malfunction</t>
   </si>
   <si>
     <t>Dear IT Team,
 Please kindly help check my key-in function in the system, as I can log in to the system but I cannot key in new clients.</t>
   </si>
   <si>
     <t>2025-12-15</t>
   </si>
   <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2025-12-15
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>Dear Team,I would like to request freelancer code follow agreement as attached.</t>
   </si>
   <si>
     <t>Dear IT Team,
 Pls help book Cancel PV and PA of Chailease Leasing and Finance in November 2025 as attached</t>
   </si>
   <si>
     <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>Description: Database/index maintenance or optimization
+Resolution Time: Within 3 working days
+Expected Completion Date: 2025-12-22
+Notes: May involve staging/test environments</t>
+  </si>
+  <si>
+    <t>CP Slow</t>
+  </si>
+  <si>
+    <t>Dear IT Team
+Please help check my computer is abit slow
+Thanks</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>Description: Minor tweaks or scheduled routine updates
+Resolution Time: Within 1 day
+Expected Completion Date: 2025-12-19
+Notes: Usually non-urgent</t>
+  </si>
+  <si>
+    <t>Request member of ABA Bank (Aeon Mean Chey Branch)</t>
+  </si>
+  <si>
+    <t>Dear Team, I would like to request you to create Member of ABA Bank (Aeon Mean Chey Branch). Thank you</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-18
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Dear Team, pls help create code of DOK SOKTHENG as AGENCY</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>Description: Basic system setup or new feature addition
+Resolution Time: Within 5 working days
+Expected Completion Date: 2025-12-29
+Notes: Minor development tasks</t>
+  </si>
+  <si>
+    <t>Dear Team,I would like to request freelancer code follow agreement as attached</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-23
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Request</t>
+  </si>
+  <si>
+    <t>Dear Team, I would like to request you to create agency code Mr. ATH SOPHAPHAT. Thank you</t>
+  </si>
+  <si>
+    <t>Fixed Goglesheets</t>
+  </si>
+  <si>
+    <t>Sreyrath</t>
+  </si>
+  <si>
+    <t>Change code in policy</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-24
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-11
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Prepared an Microsoft team for meeting</t>
+  </si>
+  <si>
+    <t>Peachtree error</t>
+  </si>
+  <si>
+    <t>Connect Printer</t>
+  </si>
+  <si>
+    <t>Error file scan</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-22
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Google Drive Installation</t>
+  </si>
+  <si>
+    <t>Dear IT team, I would like to request the installation of the Google Drive on my computer.</t>
+  </si>
+  <si>
+    <t>Error PDf</t>
+  </si>
+  <si>
+    <t>File scan error</t>
+  </si>
+  <si>
+    <t>Yahoo mail error</t>
+  </si>
+  <si>
+    <t>Error logo in yahoo mail</t>
+  </si>
+  <si>
+    <t>Error file cannot open</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-16
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Error yahoo can not login</t>
+  </si>
+  <si>
+    <t>Error microsoft oppice</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-17
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-10
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>socheata</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2025-12-19
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>AMK Renewal Listing Import in December 2025</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+Pls help book AMK Renewal Listing of MTB &amp; PA in December 2025 as attached.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>Description: Imports requiring format adjustment, validation, or mapping
+Resolution Time: Within 5 hours
+Expected Completion Date: 2025-12-26
+Notes: May need coordination with data owners for clarification</t>
+  </si>
+  <si>
+    <t>Design new staff ID card</t>
+  </si>
+  <si>
+    <t>Update new design staff card 2026</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>Description: Functional upgrades or backend improvements
+Resolution Time: At least 10 working days or more based on project complexity
+Expected Completion Date: 2026-01-16
+Notes: Moderate changes</t>
+  </si>
+  <si>
+    <t>Renewal Business of Chailease in Sep 2025</t>
+  </si>
+  <si>
+    <t>Dear IT Team
+Please help book Renewal Business of Chailease Royal Finance and Leasing PLC in December 2025 as attached. (Urgent)
+Thank You!</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>Description: Database/index maintenance or optimization
+Resolution Time: Within 3 working days
+Expected Completion Date: 2026-01-02
+Notes: May involve staging/test environments</t>
+  </si>
+  <si>
+    <t>CLAIMS REGISTER ISSUE</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+I am writing to inform you that regarding the claim register in the system, it shows the registered date on the system view. However, when we print it out, the registered date does not appear.
+For clarification, please find the attached reference.
+Thank you for your kind support</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>Description: UI tweaks or small bug fixes
+Resolution Time: At least 3 hours to 2 working days
+Expected Completion Date: 2026-01-05
+Notes: Routine improvements</t>
+  </si>
+  <si>
+    <t>Claims notice and payment issues</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+I would like to request update to the claims system as follows:
+-On the Claims Notice (printed), please change the Printed Date to Issued Date.
+-On the Claim Payment (printed), please change the Printed Date to Issued Date.
+Thank you for your support.</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>Description: UI tweaks or small bug fixes
+Resolution Time: At least 3 hours to 2 working days
+Expected Completion Date: 2026-01-06
+Notes: Routine improvements</t>
+  </si>
+  <si>
+    <t>Revising the total amount of claim payment</t>
+  </si>
+  <si>
+    <t>Dear Mr. Eric,
+Could you please delete Date Bring To Account for below Claim Number, because of revising the total amount of claim payment.
+CL/PA/PPI/3598-01
+Thanks so much, Mr. Eric</t>
+  </si>
+  <si>
+    <t>Description: Delete non-critical data (e.g., duplicate entries)
+Resolution Time: Within 1 working day
+Expected Completion Date: 2026-01-06
+Notes: Audit trail kept</t>
+  </si>
+  <si>
+    <t>Reactive license for Miscrosoft office</t>
+  </si>
+  <si>
+    <t>Dear B IT Team, kindly Reactive license for Miscrosoft office for me please. Thanks.</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-05
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-06
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Error Data in December 2025 in Peachthree (Haven't Data)</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>Description: Complex update with dependencies or across modules
+Resolution Time: Within 7 working days
+Expected Completion Date: 2026-01-15
+Notes: Requires careful testing and backup</t>
+  </si>
+  <si>
+    <t>Setup PDF</t>
+  </si>
+  <si>
+    <t>Microsoft  issue</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-08
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Assist on setting up the Filmmaker</t>
+  </si>
+  <si>
+    <t>Dear IT team,
+Please kindly help set up the Filmmaker in my desktop.
+Thank you and regards,</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-09
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Internal Audit</t>
+  </si>
+  <si>
+    <t>Power Point issue</t>
+  </si>
+  <si>
+    <t>Error in Power Point</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-12
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Dear IT Team
+Please help check on my computer (Computer issue)
+Thanks</t>
+  </si>
+  <si>
+    <t>Create new code</t>
+  </si>
+  <si>
+    <t>Dear Team, I would like to request create new agency code Mrs. Dy Sreyleakhna. Thank you</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>Description: UI tweaks or small bug fixes
+Resolution Time: At least 3 hours to 2 working days
+Expected Completion Date: 2026-01-13
+Notes: Routine improvements</t>
+  </si>
+  <si>
+    <t>set up the file maker</t>
+  </si>
+  <si>
+    <t>Please kindly set up the file maker in my desktop</t>
+  </si>
+  <si>
+    <t>Dear IT team could you please help to connect the printer with my desktop.</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-13
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Slow laptop performance</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+Ms. Socheata’s laptop is running slowly. Kindly help check and resolve the issue.</t>
+  </si>
+  <si>
+    <t>Dear IT team,
+Please kindly help set up the Filmmaker on my desktop again, as I am unable to open the program right now. 
+Regards,
+Chenda</t>
+  </si>
+  <si>
+    <t>Assist on a login problem to Yahoo mail</t>
+  </si>
+  <si>
+    <t>Dear IT team,
+Please kindly assist with a login problem to Yahoo Mail. I've tried to log in multiple times, but it keeps popping up a message "We are experiencing some technical difficulties".
+Regards,
+Chenda</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-14
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>error auto quick quote</t>
+  </si>
+  <si>
+    <t>Dear Team,
+I need assistance setting up my system access to issue automatic quick quotes. Please help me with this.
+Thank you</t>
+  </si>
+  <si>
+    <t>Description: UI tweaks or small bug fixes
+Resolution Time: At least 3 hours to 2 working days
+Expected Completion Date: 2026-01-15
+Notes: Routine improvements</t>
+  </si>
+  <si>
+    <t>Microsoft  issue in remote desktop</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-15
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>jeudy</t>
+  </si>
+  <si>
+    <t>Check Internet not working</t>
+  </si>
+  <si>
+    <t>Microsoft unlicensed Product</t>
+  </si>
+  <si>
+    <t>Microsoft unlicensed Product (Not Access)</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-16
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Request for Microsoft Word and Excel Licenses for out Remote</t>
+  </si>
+  <si>
+    <t>I am writing to formally request Microsoft Word and Excel license for me and Chamroeun to use outside the remote system to support claims operations.</t>
+  </si>
+  <si>
+    <t>Dear team, please kindly create new code for new agency Mr. Chov Lypo. Thank you.</t>
+  </si>
+  <si>
+    <t>Printer Issue</t>
+  </si>
+  <si>
+    <t>Dear IT team, our printer does not work. Could you kindly support?</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-20
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Printer Setup</t>
+  </si>
+  <si>
+    <t>Dear IT team, I am writing to request printer setup color for my PC.</t>
+  </si>
+  <si>
+    <t>Dear Team, I need assistance setting up my system access to issue automatic quick quotes. Please help me with this. Thank you</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>Description: Functional upgrades or backend improvements
+Resolution Time: At least 10 working days or more based on project complexity
+Expected Completion Date: 2026-02-10
+Notes: Moderate changes</t>
+  </si>
+  <si>
+    <t>Request create member of MEI LIAN WAN XIN PAWN SHOP CO.,LTD</t>
+  </si>
+  <si>
+    <t>Dear Team, I would like to request you create member of : MEI LIAN WAN XIN PAWN SHOP CO.,LTD
+Address:  National Road No.1, No 60, Street C-02, Sangkat Niroth, Khan Chbar Ampov, Phnom Penh, Cambodia</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>Description: UI tweaks or small bug fixes
+Resolution Time: At least 3 hours to 2 working days
+Expected Completion Date: 2026-01-21
+Notes: Routine improvements</t>
+  </si>
+  <si>
+    <t>Internet issue</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-21
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Request create agency code: SENG KIMHENG</t>
+  </si>
+  <si>
+    <t>Dear Team, I would like to request you create code: SENG KIMHENG. Thank you</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>Description: UI tweaks or small bug fixes
+Resolution Time: At least 3 hours to 2 working days
+Expected Completion Date: 2026-01-22
+Notes: Routine improvements</t>
+  </si>
+  <si>
+    <t>Book Renewal Business of Mothers Financial Japan PLC</t>
+  </si>
+  <si>
+    <t>Dear IT Team Please help book Renewal Business of Mothers Financial Japan PLC in January 2026 as attached (50 Cases)
+Thanks</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>Description: Imports requiring format adjustment, validation, or mapping
+Resolution Time: Within 5 hours
+Expected Completion Date: 2026-01-23
+Notes: May need coordination with data owners for clarification</t>
+  </si>
+  <si>
+    <t>Book Renewal Business of Mothers Financial Japan PLC in February</t>
+  </si>
+  <si>
+    <t>Dear IT Team Please help book Renewal Business of Mothers Financial Japan PLC in February 2026 as attached (31 Cases)
+Thanks</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-22
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Dear Team, please create code of Freelancer for SOKUNTHEA THEAVY</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>Description: UI tweaks or small bug fixes
+Resolution Time: At least 3 hours to 2 working days
+Expected Completion Date: 2026-01-26
+Notes: Routine improvements</t>
+  </si>
+  <si>
+    <t>Microsoft Issue</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+My Microsoft Word, Excel, and PowerPoint are not able to sign in.
+Could you kindly help check this issue, please?</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-23
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Google Drive</t>
+  </si>
+  <si>
+    <t>need to sign in Google drive account</t>
+  </si>
+  <si>
+    <t>Can't log in server</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-26
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Scan and Combine PDF Files</t>
+  </si>
+  <si>
+    <t>Revise Authority Limit</t>
+  </si>
+  <si>
+    <t>Please kindly alters any function in the system which is related to the approval authority particularly on the payment approval.</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>Description: Functional upgrades or backend improvements
+Resolution Time: At least 10 working days or more based on project complexity
+Expected Completion Date: 2026-02-18
+Notes: Moderate changes</t>
+  </si>
+  <si>
+    <t>MOTOR INSURANCE PAYMENT APPROVAL ISSUE</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+I am writing to inform you that regarding the attached payment approvals, we found that in the new system the payment for ECC approval (column signature) includes the payee name. However, in the old system, it does not contain either the ECC column or the payee's name.
+Please kindly check.
+Thank you</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>Description: Correct typos or simple field values
+Resolution Time: Within 1 working day
+Expected Completion Date: 2026-01-29
+Notes: Direct database access not required</t>
+  </si>
+  <si>
+    <t>Please you help create Chart Account that Account ID: 660112  Description: Shareholder Advance at Filemaker (Urgent).</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>Description: Basic system setup or new feature addition
+Resolution Time: Within 5 working days
+Expected Completion Date: 2026-02-04
+Notes: Minor development tasks</t>
+  </si>
+  <si>
+    <t>Error font</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-28
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-29
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Install Adob app</t>
+  </si>
+  <si>
+    <t>Dear B, kindly install adobe app for me to easily edit file. thanks.</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+Pls help book Cancel PV and PA of Chailease Leasing and Finance in December 2025 as attached. Urgent
+Thanks!</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>Description: Functional upgrades or backend improvements
+Resolution Time: At least 10 working days or more based on project complexity
+Expected Completion Date: 2026-02-20
+Notes: Moderate changes</t>
+  </si>
+  <si>
+    <t>can't log in filemaker</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-01-30
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Register</t>
+  </si>
+  <si>
+    <t>I would like to request an input amount register and backdate it to 22/1/2025. Because we forgot to input the claims amount.</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>Description: Correct typos or simple field values
+Resolution Time: Within 1 working day
+Expected Completion Date: 2026-02-03
+Notes: Direct database access not required</t>
+  </si>
+  <si>
+    <t>Request delete Settle date on Claim side system on Claim number CL/PV/PPI/11508-01</t>
+  </si>
+  <si>
+    <t>Request delete Settle date on Claim side system on Claim number CL/PV/PPI/11508-01 HOK DARA $506.00. because of my side department confused to click on payment claim voucher above claim number. Please help to check why we click the recovery paid, also bring claim payment paid ?</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-02
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Dear Team, please help create all these code 
+POL POLIN Freelancer (BDM)
+KOY KIENG ANN Freelancer (BDM)
+SREYNEANG Freelancer (BDM)
+SOKUNTHEA THEAVY Freelancer (BDM)
+DY SREYLEAKHNA Freelancer (BDM)</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-03
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Dear IT Team, Please kindly come to support me for Printing problem. Thanks</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-05
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Assist on signing in Microsoft Word</t>
+  </si>
+  <si>
+    <t>Dear IT team, 
+Please help sign my desktop into Microsoft Word, as I no longer have access to it now. Please refer to the attached file. 
+Thanks,
+Chenda</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-06
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Put More Search Button Option</t>
+  </si>
+  <si>
+    <t>Dear Mr. Eric,
+Please kindly put more Search Button Option as below:
+1- Put Search Button =&gt; Search with Date to Account on  (Document bring to account)
+2- Put Search Button =&gt; Search with Date from Account on  (Document bring from account)
+3- Put Search Button =&gt; Search with Date Bank Payment Report on  (Bank Payment Report)
+4- Put Search Button =&gt; Search with Insured Name on (Payment To Client)
+So all need to have = 4 Search Button on 4 Operations.
+Thanks so much, Brother</t>
+  </si>
+  <si>
+    <t>Description: Architecture changes or major version upgrade
+Resolution Time: Within 25 working days
+Expected Completion Date: 2026-01-06
+Notes: Includes testing and staging</t>
+  </si>
+  <si>
+    <t>Computer</t>
+  </si>
+  <si>
+    <t>My computer is running very slowly, so I’m unable to complete registrations smoothly.</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-09
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Estimation Amount</t>
+  </si>
+  <si>
+    <t>Claim No.CL/CHC/PPI/20367, the correct amount is 35.43$ please help delete all wrong amount is Estimate amount and fix the Register page because the total amount still shows 34.68$</t>
+  </si>
+  <si>
+    <t>Description: Correct typos or simple field values
+Resolution Time: Within 1 working day
+Expected Completion Date: 2026-02-10
+Notes: Direct database access not required</t>
+  </si>
+  <si>
+    <t>Force shut down and automatic restart issue</t>
+  </si>
+  <si>
+    <t>Dear team, 
+Please help me fix the automatic restart issue on my desktop.
+Thanks,</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-10
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+Pls help book Cancel PV and PA of Chailease Leasing and Finance in January 2026 as attached. Thanks!</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>Description: Database/index maintenance or optimization
+Resolution Time: Within 3 working days
+Expected Completion Date: 2026-02-16
+Notes: May involve staging/test environments</t>
+  </si>
+  <si>
+    <t>OOn Search Button Option can Export file (Excel &amp; PDF) for report</t>
+  </si>
+  <si>
+    <t>Dear Mr. Eric,
+Please kindly put more on Search Button Option can Export file (Excel &amp; PDF) for report as below:
+1- Date to Account on  (Document bring to account)
+2- Date from Account on  (Document bring from account)
+3- Date Bank Payment Report on  (Bank Payment Report)
+4- On Payment To Client
+So all can Export file (Excel &amp; PDF) for report
+Thanks so much, Brother Eric.</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-12
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Word</t>
+  </si>
+  <si>
+    <t>As per photo attach</t>
+  </si>
+  <si>
+    <t>Close claims CB Co-share 2022&amp;2024</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+I hope this message finds you well. I would like to formally request your assistance in closing the claims for CB Co-share underwriting years 2022 and 2024. 
+Thank you.</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-13
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Check printer</t>
+  </si>
+  <si>
+    <t>Requests create member of HENG FENG (CAMBODIA) BANK PLC.-PREAH SIHANOUK BRANCH.</t>
+  </si>
+  <si>
+    <t>Dear Team, I would like to request you to create member of HENG FENG (CAMBODIA) BANK PLC.-PREAH SIHANOUK BRANCH. Thanks</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-16
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Expire lictense of Microsoft word team</t>
+  </si>
+  <si>
+    <t>Dear B It Team, as my Microsoft Word Team is expiring, kindly renew, thanks.</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-18
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>PDF Issue</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-19
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Dear Team, Pls help track all code in system. thanks</t>
+  </si>
+  <si>
+    <t>I cannot preview on policies in system.</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-23
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Set up Gogle Drive</t>
+  </si>
+  <si>
+    <t>FileMaker Malfunction</t>
+  </si>
+  <si>
+    <t>Dear team,
+Please help with FileMaker as I cannot open the app.
+Thanks,</t>
+  </si>
+  <si>
+    <t>DeAr IT team, I would like to kindly request to check my computer, It soes not work. Thanks</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-25
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>Claim Register Issue</t>
+  </si>
+  <si>
+    <t>Dear IT team, please kindly change beneficary from PP2W-7600 to PP2BW-7600 regarding claim no.CL/PV/PPI/11626.
+Thanks</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>Description: Correct typos or simple field values
+Resolution Time: Within 1 working day
+Expected Completion Date: 2026-02-26
+Notes: Direct database access not required</t>
+  </si>
+  <si>
+    <t>Meeting Room</t>
+  </si>
+  <si>
+    <t>Dear IT team, due to Claims Department has a meeting, we would like to kindly request support from IT team to set in baodroom at 9:10AM.</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>Description: Basic user guidance or how-to support
+Resolution Time: Within 2 hours
+Expected Completion Date: 2026-02-27
+Notes: Handled by helpdesk</t>
+  </si>
+  <si>
+    <t>AMK Renewal Listing Import in March 2026</t>
+  </si>
+  <si>
+    <t>Dear IT Team,
+Pls help book AMK Renewal Listing of MTB &amp; PA in March 2026 as attached. (Urgent). Thanks</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>Description: Imports requiring format adjustment, validation, or mapping
+Resolution Time: Within 5 hours
+Expected Completion Date: 2026-03-02
+Notes: May need coordination with data owners for clarification</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -6852,51 +7890,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M623"/>
+  <dimension ref="A1:M737"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -27805,3932 +28843,8609 @@
         <v>45</v>
       </c>
       <c r="G527" t="s">
         <v>362</v>
       </c>
       <c r="H527" t="s">
         <v>362</v>
       </c>
       <c r="I527" t="s">
         <v>1526</v>
       </c>
       <c r="J527" t="s">
         <v>1519</v>
       </c>
       <c r="K527" t="s">
         <v>1527</v>
       </c>
       <c r="L527" t="s">
         <v>1528</v>
       </c>
       <c r="M527" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="528" spans="1:13">
+      <c r="A528">
+        <v>570</v>
+      </c>
       <c r="B528" t="s">
-        <v>412</v>
+        <v>97</v>
       </c>
       <c r="C528" t="s">
         <v>24</v>
       </c>
       <c r="D528" t="s">
         <v>1529</v>
       </c>
+      <c r="E528" t="s">
+        <v>576</v>
+      </c>
       <c r="F528" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G528" t="s">
-        <v>412</v>
+        <v>97</v>
       </c>
       <c r="H528" t="s">
-        <v>412</v>
+        <v>97</v>
       </c>
       <c r="I528" t="s">
         <v>1530</v>
       </c>
       <c r="J528" t="s">
-        <v>1519</v>
+        <v>1527</v>
+      </c>
+      <c r="K528" t="s">
+        <v>1527</v>
       </c>
       <c r="L528" t="s">
-        <v>22</v>
+        <v>1531</v>
       </c>
       <c r="M528" t="s">
-        <v>1531</v>
+        <v>23</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B529" t="s">
-        <v>97</v>
+        <v>1334</v>
       </c>
       <c r="C529" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D529" t="s">
         <v>1532</v>
       </c>
       <c r="E529" t="s">
         <v>576</v>
       </c>
       <c r="F529" t="s">
-        <v>593</v>
+        <v>1067</v>
       </c>
       <c r="G529" t="s">
-        <v>97</v>
+        <v>1334</v>
       </c>
       <c r="H529" t="s">
-        <v>97</v>
+        <v>1334</v>
       </c>
       <c r="I529" t="s">
         <v>1533</v>
       </c>
       <c r="J529" t="s">
         <v>1527</v>
       </c>
       <c r="K529" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="L529" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="M529" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B530" t="s">
-        <v>1334</v>
+        <v>627</v>
       </c>
       <c r="C530" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D530" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="E530" t="s">
         <v>576</v>
       </c>
       <c r="F530" t="s">
-        <v>1067</v>
+        <v>593</v>
       </c>
       <c r="G530" t="s">
-        <v>1334</v>
+        <v>627</v>
       </c>
       <c r="H530" t="s">
-        <v>1334</v>
+        <v>627</v>
       </c>
       <c r="I530" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="J530" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="K530" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="L530" t="s">
         <v>1538</v>
       </c>
       <c r="M530" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B531" t="s">
-        <v>627</v>
+        <v>307</v>
       </c>
       <c r="C531" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D531" t="s">
         <v>1539</v>
       </c>
       <c r="E531" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F531" t="s">
-        <v>593</v>
+        <v>45</v>
       </c>
       <c r="G531" t="s">
-        <v>627</v>
+        <v>307</v>
       </c>
       <c r="H531" t="s">
-        <v>627</v>
+        <v>307</v>
       </c>
       <c r="I531" t="s">
         <v>1540</v>
       </c>
       <c r="J531" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="K531" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="L531" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="M531" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B532" t="s">
-        <v>307</v>
+        <v>1056</v>
       </c>
       <c r="C532" t="s">
-        <v>32</v>
+        <v>190</v>
       </c>
       <c r="D532" t="s">
-        <v>1542</v>
+        <v>1086</v>
       </c>
       <c r="E532" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="F532" t="s">
-        <v>45</v>
+        <v>883</v>
       </c>
       <c r="G532" t="s">
-        <v>307</v>
+        <v>1056</v>
       </c>
       <c r="H532" t="s">
-        <v>307</v>
+        <v>1056</v>
       </c>
       <c r="I532" t="s">
         <v>1543</v>
       </c>
       <c r="J532" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
       <c r="K532" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="L532" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="M532" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B533" t="s">
-        <v>1056</v>
+        <v>412</v>
       </c>
       <c r="C533" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="D533" t="s">
-        <v>1086</v>
+        <v>1547</v>
       </c>
       <c r="E533" t="s">
         <v>576</v>
       </c>
       <c r="F533" t="s">
-        <v>883</v>
+        <v>593</v>
       </c>
       <c r="G533" t="s">
-        <v>1056</v>
+        <v>412</v>
       </c>
       <c r="H533" t="s">
-        <v>1056</v>
+        <v>412</v>
       </c>
       <c r="I533" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="J533" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="K533" t="s">
-        <v>1548</v>
+        <v>1544</v>
       </c>
       <c r="L533" t="s">
         <v>1549</v>
       </c>
       <c r="M533" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B534" t="s">
-        <v>412</v>
+        <v>647</v>
       </c>
       <c r="C534" t="s">
         <v>24</v>
       </c>
       <c r="D534" t="s">
         <v>1550</v>
       </c>
       <c r="E534" t="s">
         <v>576</v>
       </c>
       <c r="F534" t="s">
-        <v>593</v>
+        <v>45</v>
       </c>
       <c r="G534" t="s">
-        <v>412</v>
+        <v>647</v>
       </c>
       <c r="H534" t="s">
-        <v>412</v>
+        <v>647</v>
       </c>
       <c r="I534" t="s">
         <v>1551</v>
       </c>
       <c r="J534" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="K534" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="L534" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="M534" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B535" t="s">
-        <v>647</v>
+        <v>601</v>
       </c>
       <c r="C535" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D535" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="E535" t="s">
         <v>576</v>
       </c>
       <c r="F535" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G535" t="s">
-        <v>647</v>
+        <v>1056</v>
       </c>
       <c r="H535" t="s">
-        <v>647</v>
+        <v>601</v>
       </c>
       <c r="I535" t="s">
         <v>1554</v>
       </c>
       <c r="J535" t="s">
-        <v>1548</v>
+        <v>1484</v>
       </c>
       <c r="K535" t="s">
+        <v>1484</v>
+      </c>
+      <c r="L535" t="s">
         <v>1555</v>
-      </c>
-[...1 lines deleted...]
-        <v>1556</v>
       </c>
       <c r="M535" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B536" t="s">
         <v>601</v>
       </c>
       <c r="C536" t="s">
         <v>14</v>
       </c>
       <c r="D536" t="s">
-        <v>1557</v>
+        <v>1202</v>
       </c>
       <c r="E536" t="s">
         <v>576</v>
       </c>
       <c r="F536" t="s">
         <v>593</v>
       </c>
       <c r="G536" t="s">
-        <v>1056</v>
+        <v>1556</v>
       </c>
       <c r="H536" t="s">
         <v>601</v>
       </c>
       <c r="I536" t="s">
-        <v>1557</v>
+        <v>1202</v>
       </c>
       <c r="J536" t="s">
         <v>1484</v>
       </c>
       <c r="K536" t="s">
         <v>1484</v>
       </c>
       <c r="L536" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
       <c r="M536" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B537" t="s">
-        <v>601</v>
+        <v>1334</v>
       </c>
       <c r="C537" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D537" t="s">
-        <v>1202</v>
+        <v>1557</v>
       </c>
       <c r="E537" t="s">
         <v>576</v>
       </c>
       <c r="F537" t="s">
-        <v>593</v>
+        <v>1067</v>
       </c>
       <c r="G537" t="s">
-        <v>1559</v>
+        <v>1334</v>
       </c>
       <c r="H537" t="s">
-        <v>601</v>
+        <v>1334</v>
       </c>
       <c r="I537" t="s">
-        <v>1202</v>
+        <v>1558</v>
       </c>
       <c r="J537" t="s">
         <v>1484</v>
       </c>
       <c r="K537" t="s">
-        <v>1484</v>
+        <v>1559</v>
       </c>
       <c r="L537" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="M537" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B538" t="s">
-        <v>1334</v>
+        <v>868</v>
       </c>
       <c r="C538" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D538" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="E538" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F538" t="s">
-        <v>1067</v>
+        <v>800</v>
       </c>
       <c r="G538" t="s">
-        <v>1334</v>
+        <v>868</v>
       </c>
       <c r="H538" t="s">
-        <v>1334</v>
+        <v>868</v>
       </c>
       <c r="I538" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="J538" t="s">
         <v>1484</v>
       </c>
       <c r="K538" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="L538" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="M538" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B539" t="s">
-        <v>868</v>
+        <v>152</v>
       </c>
       <c r="C539" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D539" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="E539" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="F539" t="s">
-        <v>800</v>
+        <v>603</v>
       </c>
       <c r="G539" t="s">
-        <v>868</v>
+        <v>152</v>
       </c>
       <c r="H539" t="s">
-        <v>868</v>
+        <v>152</v>
       </c>
       <c r="I539" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="J539" t="s">
-        <v>1484</v>
+        <v>1559</v>
       </c>
       <c r="K539" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="L539" t="s">
         <v>1567</v>
       </c>
       <c r="M539" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B540" t="s">
-        <v>152</v>
+        <v>1334</v>
       </c>
       <c r="C540" t="s">
         <v>32</v>
       </c>
       <c r="D540" t="s">
         <v>1568</v>
       </c>
       <c r="E540" t="s">
         <v>576</v>
       </c>
       <c r="F540" t="s">
-        <v>603</v>
+        <v>45</v>
       </c>
       <c r="G540" t="s">
-        <v>152</v>
+        <v>1334</v>
       </c>
       <c r="H540" t="s">
-        <v>152</v>
+        <v>1334</v>
       </c>
       <c r="I540" t="s">
         <v>1569</v>
       </c>
       <c r="J540" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="K540" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="L540" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="M540" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B541" t="s">
-        <v>1334</v>
+        <v>1148</v>
       </c>
       <c r="C541" t="s">
         <v>32</v>
       </c>
       <c r="D541" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="E541" t="s">
         <v>576</v>
       </c>
       <c r="F541" t="s">
         <v>45</v>
       </c>
       <c r="G541" t="s">
-        <v>1334</v>
+        <v>1148</v>
       </c>
       <c r="H541" t="s">
-        <v>1334</v>
+        <v>1148</v>
       </c>
       <c r="I541" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="J541" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="K541" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="L541" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="M541" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B542" t="s">
-        <v>1148</v>
+        <v>1334</v>
       </c>
       <c r="C542" t="s">
         <v>32</v>
       </c>
       <c r="D542" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E542" t="s">
+        <v>576</v>
+      </c>
+      <c r="F542" t="s">
+        <v>593</v>
+      </c>
+      <c r="G542" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I542" t="s">
         <v>1575</v>
       </c>
-      <c r="E542" t="s">
-[...11 lines deleted...]
-      <c r="I542" t="s">
+      <c r="J542" t="s">
+        <v>1559</v>
+      </c>
+      <c r="K542" t="s">
+        <v>1559</v>
+      </c>
+      <c r="L542" t="s">
         <v>1576</v>
-      </c>
-[...7 lines deleted...]
-        <v>1574</v>
       </c>
       <c r="M542" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B543" t="s">
-        <v>1334</v>
+        <v>38</v>
       </c>
       <c r="C543" t="s">
         <v>32</v>
       </c>
       <c r="D543" t="s">
         <v>1577</v>
       </c>
       <c r="E543" t="s">
         <v>576</v>
       </c>
       <c r="F543" t="s">
-        <v>593</v>
+        <v>892</v>
       </c>
       <c r="G543" t="s">
-        <v>1334</v>
+        <v>38</v>
       </c>
       <c r="H543" t="s">
-        <v>1334</v>
+        <v>38</v>
       </c>
       <c r="I543" t="s">
         <v>1578</v>
       </c>
       <c r="J543" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="K543" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="L543" t="s">
         <v>1579</v>
       </c>
       <c r="M543" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B544" t="s">
-        <v>38</v>
+        <v>124</v>
       </c>
       <c r="C544" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D544" t="s">
         <v>1580</v>
       </c>
       <c r="E544" t="s">
         <v>576</v>
       </c>
       <c r="F544" t="s">
-        <v>892</v>
+        <v>593</v>
       </c>
       <c r="G544" t="s">
-        <v>38</v>
+        <v>124</v>
       </c>
       <c r="H544" t="s">
-        <v>38</v>
+        <v>124</v>
       </c>
       <c r="I544" t="s">
         <v>1581</v>
       </c>
       <c r="J544" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="K544" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="L544" t="s">
         <v>1582</v>
       </c>
       <c r="M544" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B545" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
       <c r="C545" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D545" t="s">
         <v>1583</v>
       </c>
       <c r="E545" t="s">
         <v>576</v>
       </c>
       <c r="F545" t="s">
-        <v>593</v>
+        <v>892</v>
       </c>
       <c r="G545" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
       <c r="H545" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
       <c r="I545" t="s">
         <v>1584</v>
       </c>
       <c r="J545" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="K545" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="L545" t="s">
         <v>1585</v>
       </c>
       <c r="M545" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B546" t="s">
-        <v>152</v>
+        <v>707</v>
       </c>
       <c r="C546" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D546" t="s">
+        <v>56</v>
+      </c>
+      <c r="E546" t="s">
+        <v>576</v>
+      </c>
+      <c r="F546" t="s">
+        <v>800</v>
+      </c>
+      <c r="G546" t="s">
+        <v>707</v>
+      </c>
+      <c r="H546" t="s">
+        <v>707</v>
+      </c>
+      <c r="I546" t="s">
         <v>1586</v>
       </c>
-      <c r="E546" t="s">
-[...11 lines deleted...]
-      <c r="I546" t="s">
+      <c r="J546" t="s">
+        <v>1570</v>
+      </c>
+      <c r="K546" t="s">
+        <v>1563</v>
+      </c>
+      <c r="L546" t="s">
         <v>1587</v>
-      </c>
-[...7 lines deleted...]
-        <v>1588</v>
       </c>
       <c r="M546" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B547" t="s">
-        <v>707</v>
+        <v>97</v>
       </c>
       <c r="C547" t="s">
-        <v>56</v>
+        <v>24</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1588</v>
       </c>
       <c r="E547" t="s">
         <v>576</v>
       </c>
       <c r="F547" t="s">
-        <v>800</v>
+        <v>593</v>
       </c>
       <c r="G547" t="s">
-        <v>707</v>
+        <v>97</v>
       </c>
       <c r="H547" t="s">
-        <v>707</v>
+        <v>97</v>
       </c>
       <c r="I547" t="s">
         <v>1589</v>
       </c>
       <c r="J547" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="K547" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="L547" t="s">
-        <v>1590</v>
+        <v>1582</v>
       </c>
       <c r="M547" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B548" t="s">
-        <v>97</v>
+        <v>481</v>
       </c>
       <c r="C548" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="D548" t="s">
+        <v>1590</v>
+      </c>
+      <c r="E548" t="s">
+        <v>576</v>
+      </c>
+      <c r="F548" t="s">
+        <v>800</v>
+      </c>
+      <c r="G548" t="s">
+        <v>481</v>
+      </c>
+      <c r="H548" t="s">
+        <v>481</v>
+      </c>
+      <c r="I548" t="s">
         <v>1591</v>
       </c>
-      <c r="E548" t="s">
-[...11 lines deleted...]
-      <c r="I548" t="s">
+      <c r="J548" t="s">
         <v>1592</v>
       </c>
-      <c r="J548" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K548" t="s">
-        <v>1573</v>
+        <v>1593</v>
       </c>
       <c r="L548" t="s">
-        <v>1585</v>
+        <v>1594</v>
       </c>
       <c r="M548" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B549" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="C549" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D549" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="E549" t="s">
         <v>576</v>
       </c>
       <c r="F549" t="s">
-        <v>800</v>
+        <v>603</v>
       </c>
       <c r="G549" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="H549" t="s">
-        <v>481</v>
+        <v>152</v>
       </c>
       <c r="I549" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="J549" t="s">
-        <v>1595</v>
+        <v>1592</v>
       </c>
       <c r="K549" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="L549" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="M549" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B550" t="s">
         <v>152</v>
       </c>
       <c r="C550" t="s">
         <v>32</v>
       </c>
       <c r="D550" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="E550" t="s">
         <v>576</v>
       </c>
       <c r="F550" t="s">
-        <v>603</v>
+        <v>800</v>
       </c>
       <c r="G550" t="s">
         <v>152</v>
       </c>
       <c r="H550" t="s">
         <v>152</v>
       </c>
       <c r="I550" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="J550" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="K550" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="L550" t="s">
         <v>1601</v>
       </c>
       <c r="M550" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B551" t="s">
-        <v>152</v>
+        <v>581</v>
       </c>
       <c r="C551" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D551" t="s">
         <v>1602</v>
       </c>
       <c r="E551" t="s">
         <v>576</v>
       </c>
       <c r="F551" t="s">
-        <v>800</v>
+        <v>114</v>
       </c>
       <c r="G551" t="s">
-        <v>152</v>
+        <v>581</v>
       </c>
       <c r="H551" t="s">
-        <v>152</v>
+        <v>581</v>
       </c>
       <c r="I551" t="s">
         <v>1603</v>
       </c>
       <c r="J551" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="K551" t="s">
-        <v>1600</v>
+        <v>1516</v>
       </c>
       <c r="L551" t="s">
         <v>1604</v>
       </c>
       <c r="M551" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B552" t="s">
-        <v>581</v>
+        <v>212</v>
       </c>
       <c r="C552" t="s">
-        <v>43</v>
+        <v>190</v>
       </c>
       <c r="D552" t="s">
         <v>1605</v>
       </c>
       <c r="E552" t="s">
         <v>576</v>
       </c>
       <c r="F552" t="s">
-        <v>114</v>
+        <v>17</v>
       </c>
       <c r="G552" t="s">
-        <v>581</v>
+        <v>212</v>
       </c>
       <c r="H552" t="s">
-        <v>581</v>
+        <v>212</v>
       </c>
       <c r="I552" t="s">
         <v>1606</v>
       </c>
       <c r="J552" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="K552" t="s">
-        <v>1516</v>
+        <v>1541</v>
       </c>
       <c r="L552" t="s">
         <v>1607</v>
       </c>
       <c r="M552" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B553" t="s">
-        <v>212</v>
+        <v>752</v>
       </c>
       <c r="C553" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="D553" t="s">
         <v>1608</v>
       </c>
       <c r="E553" t="s">
         <v>576</v>
       </c>
       <c r="F553" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G553" t="s">
-        <v>212</v>
+        <v>752</v>
       </c>
       <c r="H553" t="s">
-        <v>212</v>
+        <v>752</v>
       </c>
       <c r="I553" t="s">
         <v>1609</v>
       </c>
       <c r="J553" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="K553" t="s">
-        <v>1544</v>
+        <v>1516</v>
       </c>
       <c r="L553" t="s">
         <v>1610</v>
       </c>
       <c r="M553" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B554" t="s">
-        <v>752</v>
+        <v>1334</v>
       </c>
       <c r="C554" t="s">
         <v>32</v>
       </c>
       <c r="D554" t="s">
         <v>1611</v>
       </c>
       <c r="E554" t="s">
         <v>576</v>
       </c>
       <c r="F554" t="s">
-        <v>45</v>
+        <v>603</v>
       </c>
       <c r="G554" t="s">
-        <v>752</v>
+        <v>1334</v>
       </c>
       <c r="H554" t="s">
-        <v>752</v>
+        <v>1334</v>
       </c>
       <c r="I554" t="s">
         <v>1612</v>
       </c>
       <c r="J554" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="K554" t="s">
-        <v>1516</v>
+        <v>1613</v>
       </c>
       <c r="L554" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="M554" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B555" t="s">
-        <v>1334</v>
+        <v>735</v>
       </c>
       <c r="C555" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D555" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="E555" t="s">
         <v>576</v>
       </c>
       <c r="F555" t="s">
-        <v>603</v>
+        <v>45</v>
       </c>
       <c r="G555" t="s">
-        <v>1334</v>
+        <v>735</v>
       </c>
       <c r="H555" t="s">
-        <v>1334</v>
+        <v>735</v>
       </c>
       <c r="I555" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="J555" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="K555" t="s">
-        <v>1616</v>
+        <v>1516</v>
       </c>
       <c r="L555" t="s">
-        <v>1617</v>
+        <v>1610</v>
       </c>
       <c r="M555" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B556" t="s">
         <v>735</v>
       </c>
       <c r="C556" t="s">
         <v>56</v>
       </c>
       <c r="D556" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="E556" t="s">
         <v>576</v>
       </c>
       <c r="F556" t="s">
         <v>45</v>
       </c>
       <c r="G556" t="s">
         <v>735</v>
       </c>
       <c r="H556" t="s">
         <v>735</v>
       </c>
       <c r="I556" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="J556" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="K556" t="s">
         <v>1516</v>
       </c>
       <c r="L556" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="M556" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B557" t="s">
         <v>735</v>
       </c>
       <c r="C557" t="s">
         <v>56</v>
       </c>
       <c r="D557" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="E557" t="s">
         <v>576</v>
       </c>
       <c r="F557" t="s">
         <v>45</v>
       </c>
       <c r="G557" t="s">
         <v>735</v>
       </c>
       <c r="H557" t="s">
         <v>735</v>
       </c>
       <c r="I557" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="J557" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="K557" t="s">
         <v>1516</v>
       </c>
       <c r="L557" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="M557" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B558" t="s">
         <v>735</v>
       </c>
       <c r="C558" t="s">
         <v>56</v>
       </c>
       <c r="D558" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="E558" t="s">
         <v>576</v>
       </c>
       <c r="F558" t="s">
         <v>45</v>
       </c>
       <c r="G558" t="s">
         <v>735</v>
       </c>
       <c r="H558" t="s">
         <v>735</v>
       </c>
       <c r="I558" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
       <c r="J558" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="K558" t="s">
         <v>1516</v>
       </c>
       <c r="L558" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="M558" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B559" t="s">
-        <v>735</v>
+        <v>925</v>
       </c>
       <c r="C559" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D559" t="s">
-        <v>1618</v>
+        <v>1431</v>
       </c>
       <c r="E559" t="s">
         <v>576</v>
       </c>
       <c r="F559" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G559" t="s">
-        <v>735</v>
+        <v>925</v>
       </c>
       <c r="H559" t="s">
-        <v>735</v>
+        <v>925</v>
       </c>
       <c r="I559" t="s">
+        <v>1620</v>
+      </c>
+      <c r="J559" t="s">
+        <v>1621</v>
+      </c>
+      <c r="K559" t="s">
+        <v>1621</v>
+      </c>
+      <c r="L559" t="s">
         <v>1622</v>
-      </c>
-[...7 lines deleted...]
-        <v>1613</v>
       </c>
       <c r="M559" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B560" t="s">
-        <v>925</v>
+        <v>752</v>
       </c>
       <c r="C560" t="s">
         <v>32</v>
       </c>
       <c r="D560" t="s">
-        <v>1431</v>
+        <v>1623</v>
       </c>
       <c r="E560" t="s">
         <v>576</v>
       </c>
       <c r="F560" t="s">
         <v>593</v>
       </c>
       <c r="G560" t="s">
-        <v>925</v>
+        <v>752</v>
       </c>
       <c r="H560" t="s">
-        <v>925</v>
+        <v>752</v>
       </c>
       <c r="I560" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="J560" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="K560" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="L560" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="M560" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B561" t="s">
-        <v>752</v>
+        <v>627</v>
       </c>
       <c r="C561" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D561" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="E561" t="s">
         <v>576</v>
       </c>
       <c r="F561" t="s">
         <v>593</v>
       </c>
       <c r="G561" t="s">
-        <v>752</v>
+        <v>627</v>
       </c>
       <c r="H561" t="s">
-        <v>752</v>
+        <v>627</v>
       </c>
       <c r="I561" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="J561" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="K561" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="L561" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="M561" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B562" t="s">
         <v>627</v>
       </c>
       <c r="C562" t="s">
         <v>56</v>
       </c>
       <c r="D562" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="E562" t="s">
         <v>576</v>
       </c>
       <c r="F562" t="s">
         <v>593</v>
       </c>
       <c r="G562" t="s">
         <v>627</v>
       </c>
       <c r="H562" t="s">
         <v>627</v>
       </c>
       <c r="I562" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
       <c r="J562" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="K562" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="L562" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="M562" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B563" t="s">
         <v>627</v>
       </c>
       <c r="C563" t="s">
         <v>56</v>
       </c>
       <c r="D563" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="E563" t="s">
         <v>576</v>
       </c>
       <c r="F563" t="s">
         <v>593</v>
       </c>
       <c r="G563" t="s">
         <v>627</v>
       </c>
       <c r="H563" t="s">
         <v>627</v>
       </c>
       <c r="I563" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
       <c r="J563" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="K563" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="L563" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="M563" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B564" t="s">
-        <v>627</v>
+        <v>735</v>
       </c>
       <c r="C564" t="s">
         <v>56</v>
       </c>
       <c r="D564" t="s">
+        <v>1615</v>
+      </c>
+      <c r="E564" t="s">
+        <v>576</v>
+      </c>
+      <c r="F564" t="s">
+        <v>45</v>
+      </c>
+      <c r="G564" t="s">
+        <v>735</v>
+      </c>
+      <c r="H564" t="s">
+        <v>735</v>
+      </c>
+      <c r="I564" t="s">
+        <v>1627</v>
+      </c>
+      <c r="J564" t="s">
+        <v>1621</v>
+      </c>
+      <c r="K564" t="s">
+        <v>1541</v>
+      </c>
+      <c r="L564" t="s">
         <v>1628</v>
-      </c>
-[...22 lines deleted...]
-        <v>1625</v>
       </c>
       <c r="M564" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B565" t="s">
-        <v>735</v>
+        <v>601</v>
       </c>
       <c r="C565" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="D565" t="s">
-        <v>1618</v>
+        <v>1629</v>
       </c>
       <c r="E565" t="s">
         <v>576</v>
       </c>
       <c r="F565" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G565" t="s">
-        <v>735</v>
+        <v>795</v>
       </c>
       <c r="H565" t="s">
-        <v>735</v>
+        <v>601</v>
       </c>
       <c r="I565" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="J565" t="s">
-        <v>1624</v>
+        <v>1621</v>
       </c>
       <c r="K565" t="s">
-        <v>1544</v>
+        <v>1621</v>
       </c>
       <c r="L565" t="s">
-        <v>1631</v>
+        <v>1622</v>
       </c>
       <c r="M565" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B566" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="C566" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="D566" t="s">
-        <v>1632</v>
+        <v>1080</v>
       </c>
       <c r="E566" t="s">
         <v>576</v>
       </c>
       <c r="F566" t="s">
         <v>593</v>
       </c>
       <c r="G566" t="s">
-        <v>795</v>
+        <v>581</v>
       </c>
       <c r="H566" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="I566" t="s">
-        <v>1632</v>
+        <v>1276</v>
       </c>
       <c r="J566" t="s">
-        <v>1624</v>
+        <v>1541</v>
       </c>
       <c r="K566" t="s">
-        <v>1624</v>
+        <v>1541</v>
       </c>
       <c r="L566" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="M566" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B567" t="s">
-        <v>581</v>
+        <v>1056</v>
       </c>
       <c r="C567" t="s">
-        <v>43</v>
+        <v>190</v>
       </c>
       <c r="D567" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="E567" t="s">
         <v>576</v>
       </c>
       <c r="F567" t="s">
         <v>593</v>
       </c>
       <c r="G567" t="s">
-        <v>581</v>
+        <v>1056</v>
       </c>
       <c r="H567" t="s">
-        <v>581</v>
+        <v>1056</v>
       </c>
       <c r="I567" t="s">
-        <v>1276</v>
+        <v>1087</v>
       </c>
       <c r="J567" t="s">
-        <v>1544</v>
+        <v>1631</v>
       </c>
       <c r="K567" t="s">
-        <v>1544</v>
+        <v>1631</v>
       </c>
       <c r="L567" t="s">
-        <v>1633</v>
+        <v>1632</v>
       </c>
       <c r="M567" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B568" t="s">
-        <v>1056</v>
+        <v>152</v>
       </c>
       <c r="C568" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="D568" t="s">
-        <v>1086</v>
+        <v>1633</v>
       </c>
       <c r="E568" t="s">
         <v>576</v>
       </c>
       <c r="F568" t="s">
-        <v>593</v>
+        <v>800</v>
       </c>
       <c r="G568" t="s">
-        <v>1056</v>
+        <v>152</v>
       </c>
       <c r="H568" t="s">
-        <v>1056</v>
+        <v>152</v>
       </c>
       <c r="I568" t="s">
-        <v>1087</v>
+        <v>1634</v>
       </c>
       <c r="J568" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="K568" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="L568" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="M568" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B569" t="s">
-        <v>152</v>
+        <v>925</v>
       </c>
       <c r="C569" t="s">
         <v>32</v>
       </c>
       <c r="D569" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E569" t="s">
+        <v>576</v>
+      </c>
+      <c r="F569" t="s">
+        <v>45</v>
+      </c>
+      <c r="G569" t="s">
+        <v>925</v>
+      </c>
+      <c r="H569" t="s">
+        <v>925</v>
+      </c>
+      <c r="I569" t="s">
+        <v>1638</v>
+      </c>
+      <c r="J569" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K569" t="s">
         <v>1636</v>
       </c>
-      <c r="E569" t="s">
-[...17 lines deleted...]
-      <c r="K569" t="s">
+      <c r="L569" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
       <c r="M569" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B570" t="s">
-        <v>925</v>
+        <v>371</v>
       </c>
       <c r="C570" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D570" t="s">
-        <v>1460</v>
+        <v>1640</v>
       </c>
       <c r="E570" t="s">
         <v>576</v>
       </c>
       <c r="F570" t="s">
-        <v>45</v>
+        <v>903</v>
       </c>
       <c r="G570" t="s">
-        <v>925</v>
+        <v>371</v>
       </c>
       <c r="H570" t="s">
-        <v>925</v>
+        <v>371</v>
       </c>
       <c r="I570" t="s">
         <v>1641</v>
       </c>
       <c r="J570" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
       <c r="K570" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="L570" t="s">
         <v>1642</v>
       </c>
       <c r="M570" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B571" t="s">
-        <v>371</v>
+        <v>212</v>
       </c>
       <c r="C571" t="s">
-        <v>43</v>
+        <v>190</v>
       </c>
       <c r="D571" t="s">
         <v>1643</v>
       </c>
       <c r="E571" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F571" t="s">
         <v>903</v>
       </c>
       <c r="G571" t="s">
-        <v>371</v>
+        <v>212</v>
       </c>
       <c r="H571" t="s">
-        <v>371</v>
+        <v>212</v>
       </c>
       <c r="I571" t="s">
         <v>1644</v>
       </c>
       <c r="J571" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
       <c r="K571" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="L571" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="M571" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B572" t="s">
-        <v>212</v>
+        <v>752</v>
       </c>
       <c r="C572" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="D572" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="E572" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="F572" t="s">
-        <v>903</v>
+        <v>800</v>
       </c>
       <c r="G572" t="s">
-        <v>212</v>
+        <v>752</v>
       </c>
       <c r="H572" t="s">
-        <v>212</v>
+        <v>752</v>
       </c>
       <c r="I572" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="J572" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="K572" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="L572" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="M572" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B573" t="s">
-        <v>752</v>
+        <v>507</v>
       </c>
       <c r="C573" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D573" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="E573" t="s">
         <v>576</v>
       </c>
       <c r="F573" t="s">
-        <v>800</v>
+        <v>593</v>
       </c>
       <c r="G573" t="s">
-        <v>752</v>
+        <v>507</v>
       </c>
       <c r="H573" t="s">
-        <v>752</v>
+        <v>507</v>
       </c>
       <c r="I573" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="J573" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="K573" t="s">
-        <v>1652</v>
+        <v>1636</v>
       </c>
       <c r="L573" t="s">
         <v>1653</v>
       </c>
       <c r="M573" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B574" t="s">
-        <v>507</v>
+        <v>124</v>
       </c>
       <c r="C574" t="s">
         <v>56</v>
       </c>
       <c r="D574" t="s">
         <v>1654</v>
       </c>
       <c r="E574" t="s">
         <v>576</v>
       </c>
       <c r="F574" t="s">
-        <v>593</v>
+        <v>17</v>
       </c>
       <c r="G574" t="s">
-        <v>507</v>
+        <v>124</v>
       </c>
       <c r="H574" t="s">
-        <v>507</v>
+        <v>124</v>
       </c>
       <c r="I574" t="s">
         <v>1655</v>
       </c>
       <c r="J574" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="K574" t="s">
-        <v>1639</v>
+        <v>1656</v>
       </c>
       <c r="L574" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="M574" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B575" t="s">
         <v>124</v>
       </c>
       <c r="C575" t="s">
         <v>56</v>
       </c>
       <c r="D575" t="s">
-        <v>1657</v>
+        <v>1654</v>
       </c>
       <c r="E575" t="s">
         <v>576</v>
       </c>
       <c r="F575" t="s">
         <v>17</v>
       </c>
       <c r="G575" t="s">
         <v>124</v>
       </c>
       <c r="H575" t="s">
         <v>124</v>
       </c>
       <c r="I575" t="s">
         <v>1658</v>
       </c>
       <c r="J575" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="K575" t="s">
-        <v>1659</v>
+        <v>1656</v>
       </c>
       <c r="L575" t="s">
-        <v>1660</v>
+        <v>1657</v>
       </c>
       <c r="M575" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B576" t="s">
         <v>124</v>
       </c>
       <c r="C576" t="s">
         <v>56</v>
       </c>
       <c r="D576" t="s">
-        <v>1657</v>
+        <v>1654</v>
       </c>
       <c r="E576" t="s">
         <v>576</v>
       </c>
       <c r="F576" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G576" t="s">
         <v>124</v>
       </c>
       <c r="H576" t="s">
         <v>124</v>
       </c>
       <c r="I576" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="J576" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="K576" t="s">
-        <v>1659</v>
+        <v>1649</v>
       </c>
       <c r="L576" t="s">
         <v>1660</v>
       </c>
       <c r="M576" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B577" t="s">
-        <v>124</v>
+        <v>581</v>
       </c>
       <c r="C577" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="D577" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="E577" t="s">
-        <v>576</v>
+        <v>16</v>
       </c>
       <c r="F577" t="s">
         <v>45</v>
       </c>
       <c r="G577" t="s">
-        <v>124</v>
+        <v>581</v>
       </c>
       <c r="H577" t="s">
-        <v>124</v>
+        <v>581</v>
       </c>
       <c r="I577" t="s">
         <v>1662</v>
       </c>
       <c r="J577" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="K577" t="s">
-        <v>1652</v>
+        <v>1663</v>
       </c>
       <c r="L577" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="M577" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B578" t="s">
         <v>581</v>
       </c>
       <c r="C578" t="s">
         <v>43</v>
       </c>
       <c r="D578" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="E578" t="s">
-        <v>16</v>
+        <v>576</v>
       </c>
       <c r="F578" t="s">
-        <v>45</v>
+        <v>800</v>
       </c>
       <c r="G578" t="s">
         <v>581</v>
       </c>
       <c r="H578" t="s">
         <v>581</v>
       </c>
       <c r="I578" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="J578" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="K578" t="s">
-        <v>1666</v>
+        <v>1645</v>
       </c>
       <c r="L578" t="s">
         <v>1667</v>
       </c>
       <c r="M578" t="s">
-        <v>1668</v>
+        <v>23</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B579" t="s">
-        <v>581</v>
+        <v>124</v>
       </c>
       <c r="C579" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="D579" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E579" t="s">
+        <v>576</v>
+      </c>
+      <c r="F579" t="s">
+        <v>593</v>
+      </c>
+      <c r="G579" t="s">
+        <v>124</v>
+      </c>
+      <c r="H579" t="s">
+        <v>124</v>
+      </c>
+      <c r="I579" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J579" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K579" t="s">
+        <v>1649</v>
+      </c>
+      <c r="L579" t="s">
         <v>1669</v>
-      </c>
-[...22 lines deleted...]
-        <v>1671</v>
       </c>
       <c r="M579" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B580" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="C580" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D580" t="s">
-        <v>1657</v>
+        <v>956</v>
       </c>
       <c r="E580" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F580" t="s">
-        <v>593</v>
+        <v>800</v>
       </c>
       <c r="G580" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="H580" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="I580" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="J580" t="s">
-        <v>1652</v>
+        <v>1645</v>
       </c>
       <c r="K580" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="L580" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="M580" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B581" t="s">
-        <v>38</v>
+        <v>1334</v>
       </c>
       <c r="C581" t="s">
         <v>32</v>
       </c>
       <c r="D581" t="s">
-        <v>956</v>
+        <v>1557</v>
       </c>
       <c r="E581" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="F581" t="s">
         <v>800</v>
       </c>
       <c r="G581" t="s">
-        <v>38</v>
+        <v>1334</v>
       </c>
       <c r="H581" t="s">
-        <v>38</v>
+        <v>1334</v>
       </c>
       <c r="I581" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J581" t="s">
+        <v>1645</v>
+      </c>
+      <c r="K581" t="s">
+        <v>1673</v>
+      </c>
+      <c r="L581" t="s">
         <v>1674</v>
-      </c>
-[...7 lines deleted...]
-        <v>1675</v>
       </c>
       <c r="M581" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B582" t="s">
-        <v>1334</v>
+        <v>601</v>
       </c>
       <c r="C582" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D582" t="s">
-        <v>1560</v>
+        <v>1675</v>
       </c>
       <c r="E582" t="s">
         <v>576</v>
       </c>
       <c r="F582" t="s">
-        <v>800</v>
+        <v>603</v>
       </c>
       <c r="G582" t="s">
-        <v>1334</v>
+        <v>938</v>
       </c>
       <c r="H582" t="s">
-        <v>1334</v>
+        <v>601</v>
       </c>
       <c r="I582" t="s">
         <v>1676</v>
       </c>
       <c r="J582" t="s">
-        <v>1648</v>
+        <v>1645</v>
       </c>
       <c r="K582" t="s">
         <v>1677</v>
       </c>
       <c r="L582" t="s">
         <v>1678</v>
       </c>
       <c r="M582" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B583" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="C583" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="D583" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E583" t="s">
+        <v>576</v>
+      </c>
+      <c r="F583" t="s">
+        <v>45</v>
+      </c>
+      <c r="G583" t="s">
+        <v>581</v>
+      </c>
+      <c r="H583" t="s">
+        <v>581</v>
+      </c>
+      <c r="I583" t="s">
         <v>1679</v>
       </c>
-      <c r="E583" t="s">
-[...11 lines deleted...]
-      <c r="I583" t="s">
+      <c r="J583" t="s">
+        <v>1645</v>
+      </c>
+      <c r="K583" t="s">
+        <v>1673</v>
+      </c>
+      <c r="L583" t="s">
         <v>1680</v>
-      </c>
-[...7 lines deleted...]
-        <v>1682</v>
       </c>
       <c r="M583" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B584" t="s">
-        <v>581</v>
+        <v>481</v>
       </c>
       <c r="C584" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="D584" t="s">
-        <v>1167</v>
+        <v>1681</v>
       </c>
       <c r="E584" t="s">
         <v>576</v>
       </c>
       <c r="F584" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G584" t="s">
-        <v>581</v>
+        <v>481</v>
       </c>
       <c r="H584" t="s">
-        <v>581</v>
+        <v>481</v>
       </c>
       <c r="I584" t="s">
-        <v>1683</v>
+        <v>1682</v>
       </c>
       <c r="J584" t="s">
-        <v>1648</v>
+        <v>1677</v>
       </c>
       <c r="K584" t="s">
         <v>1677</v>
       </c>
       <c r="L584" t="s">
-        <v>1684</v>
+        <v>1683</v>
       </c>
       <c r="M584" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B585" t="s">
         <v>481</v>
       </c>
       <c r="C585" t="s">
         <v>56</v>
       </c>
       <c r="D585" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="E585" t="s">
         <v>576</v>
       </c>
       <c r="F585" t="s">
-        <v>593</v>
+        <v>45</v>
       </c>
       <c r="G585" t="s">
         <v>481</v>
       </c>
       <c r="H585" t="s">
         <v>481</v>
       </c>
       <c r="I585" t="s">
+        <v>1685</v>
+      </c>
+      <c r="J585" t="s">
+        <v>1677</v>
+      </c>
+      <c r="K585" t="s">
+        <v>1656</v>
+      </c>
+      <c r="L585" t="s">
         <v>1686</v>
-      </c>
-[...7 lines deleted...]
-        <v>1687</v>
       </c>
       <c r="M585" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B586" t="s">
-        <v>481</v>
+        <v>581</v>
       </c>
       <c r="C586" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="D586" t="s">
-        <v>1688</v>
+        <v>1080</v>
       </c>
       <c r="E586" t="s">
         <v>576</v>
       </c>
       <c r="F586" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G586" t="s">
-        <v>481</v>
+        <v>581</v>
       </c>
       <c r="H586" t="s">
-        <v>481</v>
+        <v>581</v>
       </c>
       <c r="I586" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="J586" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
       <c r="K586" t="s">
-        <v>1659</v>
+        <v>1677</v>
       </c>
       <c r="L586" t="s">
-        <v>1690</v>
+        <v>1683</v>
       </c>
       <c r="M586" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B587" t="s">
-        <v>581</v>
+        <v>124</v>
       </c>
       <c r="C587" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="D587" t="s">
-        <v>1080</v>
+        <v>1654</v>
       </c>
       <c r="E587" t="s">
         <v>576</v>
       </c>
       <c r="F587" t="s">
-        <v>593</v>
+        <v>45</v>
       </c>
       <c r="G587" t="s">
-        <v>581</v>
+        <v>124</v>
       </c>
       <c r="H587" t="s">
-        <v>581</v>
+        <v>124</v>
       </c>
       <c r="I587" t="s">
-        <v>1691</v>
+        <v>1688</v>
       </c>
       <c r="J587" t="s">
-        <v>1681</v>
+        <v>1656</v>
       </c>
       <c r="K587" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
       <c r="L587" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="M587" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B588" t="s">
-        <v>124</v>
+        <v>925</v>
       </c>
       <c r="C588" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D588" t="s">
-        <v>1657</v>
+        <v>1691</v>
       </c>
       <c r="E588" t="s">
         <v>576</v>
       </c>
       <c r="F588" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G588" t="s">
-        <v>124</v>
+        <v>925</v>
       </c>
       <c r="H588" t="s">
-        <v>124</v>
+        <v>925</v>
       </c>
       <c r="I588" t="s">
         <v>1692</v>
       </c>
       <c r="J588" t="s">
-        <v>1659</v>
+        <v>1656</v>
       </c>
       <c r="K588" t="s">
+        <v>1656</v>
+      </c>
+      <c r="L588" t="s">
         <v>1693</v>
-      </c>
-[...1 lines deleted...]
-        <v>1694</v>
       </c>
       <c r="M588" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B589" t="s">
-        <v>925</v>
+        <v>581</v>
       </c>
       <c r="C589" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D589" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E589" t="s">
+        <v>576</v>
+      </c>
+      <c r="F589" t="s">
+        <v>903</v>
+      </c>
+      <c r="G589" t="s">
+        <v>581</v>
+      </c>
+      <c r="H589" t="s">
+        <v>581</v>
+      </c>
+      <c r="I589" t="s">
         <v>1695</v>
       </c>
-      <c r="E589" t="s">
-[...11 lines deleted...]
-      <c r="I589" t="s">
+      <c r="J589" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K589" t="s">
+        <v>1689</v>
+      </c>
+      <c r="L589" t="s">
         <v>1696</v>
-      </c>
-[...7 lines deleted...]
-        <v>1697</v>
       </c>
       <c r="M589" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B590" t="s">
-        <v>581</v>
+        <v>1334</v>
       </c>
       <c r="C590" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D590" t="s">
+        <v>32</v>
+      </c>
+      <c r="E590" t="s">
+        <v>576</v>
+      </c>
+      <c r="F590" t="s">
+        <v>800</v>
+      </c>
+      <c r="G590" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I590" t="s">
+        <v>1697</v>
+      </c>
+      <c r="J590" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K590" t="s">
+        <v>1689</v>
+      </c>
+      <c r="L590" t="s">
         <v>1698</v>
-      </c>
-[...22 lines deleted...]
-        <v>1700</v>
       </c>
       <c r="M590" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B591" t="s">
-        <v>1334</v>
+        <v>38</v>
       </c>
       <c r="C591" t="s">
         <v>32</v>
       </c>
+      <c r="D591" t="s">
+        <v>1699</v>
+      </c>
       <c r="E591" t="s">
         <v>576</v>
       </c>
       <c r="F591" t="s">
-        <v>800</v>
+        <v>892</v>
       </c>
       <c r="G591" t="s">
-        <v>1334</v>
+        <v>38</v>
       </c>
       <c r="H591" t="s">
-        <v>1334</v>
+        <v>38</v>
       </c>
       <c r="I591" t="s">
+        <v>1700</v>
+      </c>
+      <c r="J591" t="s">
+        <v>1689</v>
+      </c>
+      <c r="K591" t="s">
+        <v>1689</v>
+      </c>
+      <c r="L591" t="s">
         <v>1701</v>
-      </c>
-[...7 lines deleted...]
-        <v>1702</v>
       </c>
       <c r="M591" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B592" t="s">
-        <v>38</v>
+        <v>601</v>
       </c>
       <c r="C592" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D592" t="s">
-        <v>1703</v>
+        <v>1200</v>
       </c>
       <c r="E592" t="s">
         <v>576</v>
       </c>
       <c r="F592" t="s">
-        <v>892</v>
+        <v>593</v>
       </c>
       <c r="G592" t="s">
-        <v>38</v>
+        <v>647</v>
       </c>
       <c r="H592" t="s">
-        <v>38</v>
+        <v>601</v>
       </c>
       <c r="I592" t="s">
-        <v>1704</v>
+        <v>1200</v>
       </c>
       <c r="J592" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="K592" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="L592" t="s">
-        <v>1705</v>
+        <v>1702</v>
       </c>
       <c r="M592" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B593" t="s">
-        <v>601</v>
+        <v>1334</v>
       </c>
       <c r="C593" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D593" t="s">
-        <v>1200</v>
+        <v>1568</v>
       </c>
       <c r="E593" t="s">
         <v>576</v>
       </c>
       <c r="F593" t="s">
-        <v>593</v>
+        <v>1067</v>
       </c>
       <c r="G593" t="s">
-        <v>647</v>
+        <v>1334</v>
       </c>
       <c r="H593" t="s">
-        <v>601</v>
+        <v>1334</v>
       </c>
       <c r="I593" t="s">
-        <v>1200</v>
+        <v>1703</v>
       </c>
       <c r="J593" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="K593" t="s">
-        <v>1693</v>
+        <v>1704</v>
       </c>
       <c r="L593" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
       <c r="M593" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B594" t="s">
-        <v>1334</v>
+        <v>581</v>
       </c>
       <c r="C594" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D594" t="s">
-        <v>1571</v>
+        <v>1080</v>
       </c>
       <c r="E594" t="s">
         <v>576</v>
       </c>
       <c r="F594" t="s">
-        <v>1067</v>
+        <v>593</v>
       </c>
       <c r="G594" t="s">
-        <v>1334</v>
+        <v>581</v>
       </c>
       <c r="H594" t="s">
-        <v>1334</v>
+        <v>581</v>
       </c>
       <c r="I594" t="s">
+        <v>1706</v>
+      </c>
+      <c r="J594" t="s">
+        <v>1704</v>
+      </c>
+      <c r="K594" t="s">
+        <v>1704</v>
+      </c>
+      <c r="L594" t="s">
         <v>1707</v>
-      </c>
-[...7 lines deleted...]
-        <v>1709</v>
       </c>
       <c r="M594" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B595" t="s">
-        <v>581</v>
+        <v>152</v>
       </c>
       <c r="C595" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D595" t="s">
-        <v>1080</v>
+        <v>1708</v>
       </c>
       <c r="E595" t="s">
         <v>576</v>
       </c>
       <c r="F595" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="G595" t="s">
-        <v>581</v>
+        <v>152</v>
       </c>
       <c r="H595" t="s">
-        <v>581</v>
+        <v>152</v>
       </c>
       <c r="I595" t="s">
+        <v>1709</v>
+      </c>
+      <c r="J595" t="s">
+        <v>1704</v>
+      </c>
+      <c r="K595" t="s">
         <v>1710</v>
-      </c>
-[...4 lines deleted...]
-        <v>1708</v>
       </c>
       <c r="L595" t="s">
         <v>1711</v>
       </c>
       <c r="M595" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B596" t="s">
-        <v>152</v>
+        <v>601</v>
       </c>
       <c r="C596" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D596" t="s">
-        <v>1712</v>
+        <v>1162</v>
       </c>
       <c r="E596" t="s">
         <v>576</v>
       </c>
       <c r="F596" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="G596" t="s">
-        <v>152</v>
+        <v>987</v>
       </c>
       <c r="H596" t="s">
-        <v>152</v>
+        <v>601</v>
       </c>
       <c r="I596" t="s">
-        <v>1713</v>
+        <v>1162</v>
       </c>
       <c r="J596" t="s">
-        <v>1708</v>
+        <v>1704</v>
       </c>
       <c r="K596" t="s">
-        <v>1714</v>
+        <v>1704</v>
       </c>
       <c r="L596" t="s">
-        <v>1715</v>
+        <v>1707</v>
       </c>
       <c r="M596" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B597" t="s">
-        <v>601</v>
+        <v>212</v>
       </c>
       <c r="C597" t="s">
-        <v>14</v>
+        <v>190</v>
       </c>
       <c r="D597" t="s">
-        <v>1162</v>
+        <v>1605</v>
       </c>
       <c r="E597" t="s">
         <v>576</v>
       </c>
       <c r="F597" t="s">
-        <v>593</v>
+        <v>45</v>
       </c>
       <c r="G597" t="s">
-        <v>987</v>
+        <v>212</v>
       </c>
       <c r="H597" t="s">
-        <v>601</v>
+        <v>212</v>
       </c>
       <c r="I597" t="s">
-        <v>1162</v>
+        <v>1712</v>
       </c>
       <c r="J597" t="s">
-        <v>1708</v>
+        <v>1704</v>
       </c>
       <c r="K597" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="L597" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="M597" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B598" t="s">
-        <v>212</v>
+        <v>627</v>
       </c>
       <c r="C598" t="s">
-        <v>190</v>
+        <v>56</v>
       </c>
       <c r="D598" t="s">
-        <v>1608</v>
+        <v>1715</v>
       </c>
       <c r="E598" t="s">
         <v>576</v>
       </c>
       <c r="F598" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G598" t="s">
-        <v>212</v>
+        <v>627</v>
       </c>
       <c r="H598" t="s">
-        <v>212</v>
+        <v>627</v>
       </c>
       <c r="I598" t="s">
         <v>1716</v>
       </c>
       <c r="J598" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="K598" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L598" t="s">
         <v>1717</v>
-      </c>
-[...1 lines deleted...]
-        <v>1718</v>
       </c>
       <c r="M598" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B599" t="s">
-        <v>627</v>
+        <v>925</v>
       </c>
       <c r="C599" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D599" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E599" t="s">
+        <v>576</v>
+      </c>
+      <c r="F599" t="s">
+        <v>45</v>
+      </c>
+      <c r="G599" t="s">
+        <v>925</v>
+      </c>
+      <c r="H599" t="s">
+        <v>925</v>
+      </c>
+      <c r="I599" t="s">
         <v>1719</v>
       </c>
-      <c r="E599" t="s">
-[...11 lines deleted...]
-      <c r="I599" t="s">
+      <c r="J599" t="s">
+        <v>1713</v>
+      </c>
+      <c r="K599" t="s">
+        <v>1710</v>
+      </c>
+      <c r="L599" t="s">
         <v>1720</v>
-      </c>
-[...7 lines deleted...]
-        <v>1721</v>
       </c>
       <c r="M599" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B600" t="s">
-        <v>925</v>
+        <v>752</v>
       </c>
       <c r="C600" t="s">
         <v>32</v>
       </c>
       <c r="D600" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E600" t="s">
+        <v>576</v>
+      </c>
+      <c r="F600" t="s">
+        <v>800</v>
+      </c>
+      <c r="G600" t="s">
+        <v>752</v>
+      </c>
+      <c r="H600" t="s">
+        <v>752</v>
+      </c>
+      <c r="I600" t="s">
         <v>1722</v>
       </c>
-      <c r="E600" t="s">
-[...11 lines deleted...]
-      <c r="I600" t="s">
+      <c r="J600" t="s">
+        <v>1710</v>
+      </c>
+      <c r="K600" t="s">
         <v>1723</v>
-      </c>
-[...4 lines deleted...]
-        <v>1714</v>
       </c>
       <c r="L600" t="s">
         <v>1724</v>
       </c>
       <c r="M600" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="601" spans="1:13">
-      <c r="A601">
-[...1 lines deleted...]
-      </c>
       <c r="B601" t="s">
-        <v>752</v>
+        <v>868</v>
       </c>
       <c r="C601" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D601" t="s">
         <v>1725</v>
       </c>
-      <c r="E601" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F601" t="s">
-        <v>800</v>
+        <v>17</v>
       </c>
       <c r="G601" t="s">
-        <v>752</v>
+        <v>868</v>
       </c>
       <c r="H601" t="s">
-        <v>752</v>
+        <v>868</v>
       </c>
       <c r="I601" t="s">
         <v>1726</v>
       </c>
       <c r="J601" t="s">
-        <v>1714</v>
-[...1 lines deleted...]
-      <c r="K601" t="s">
+        <v>1710</v>
+      </c>
+      <c r="L601" t="s">
+        <v>22</v>
+      </c>
+      <c r="M601" t="s">
         <v>1727</v>
       </c>
-      <c r="L601" t="s">
+    </row>
+    <row r="602" spans="1:13">
+      <c r="A602">
+        <v>644</v>
+      </c>
+      <c r="B602" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C602" t="s">
+        <v>32</v>
+      </c>
+      <c r="D602" t="s">
         <v>1728</v>
       </c>
-      <c r="M601" t="s">
-[...10 lines deleted...]
-      <c r="D602" t="s">
+      <c r="E602" t="s">
+        <v>576</v>
+      </c>
+      <c r="F602" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G602" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H602" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I602" t="s">
         <v>1729</v>
       </c>
-      <c r="F602" t="s">
-[...8 lines deleted...]
-      <c r="I602" t="s">
+      <c r="J602" t="s">
+        <v>1710</v>
+      </c>
+      <c r="K602" t="s">
+        <v>1723</v>
+      </c>
+      <c r="L602" t="s">
         <v>1730</v>
       </c>
-      <c r="J602" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M602" t="s">
-        <v>1531</v>
+        <v>23</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B603" t="s">
-        <v>1334</v>
+        <v>481</v>
       </c>
       <c r="C603" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D603" t="s">
         <v>1731</v>
       </c>
       <c r="E603" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F603" t="s">
-        <v>1067</v>
+        <v>45</v>
       </c>
       <c r="G603" t="s">
-        <v>1334</v>
+        <v>481</v>
       </c>
       <c r="H603" t="s">
-        <v>1334</v>
+        <v>481</v>
       </c>
       <c r="I603" t="s">
         <v>1732</v>
       </c>
       <c r="J603" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
       <c r="K603" t="s">
-        <v>1727</v>
+        <v>1663</v>
       </c>
       <c r="L603" t="s">
         <v>1733</v>
       </c>
       <c r="M603" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B604" t="s">
-        <v>481</v>
+        <v>307</v>
       </c>
       <c r="C604" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D604" t="s">
         <v>1734</v>
       </c>
       <c r="E604" t="s">
         <v>563</v>
       </c>
       <c r="F604" t="s">
         <v>45</v>
       </c>
       <c r="G604" t="s">
-        <v>481</v>
+        <v>307</v>
       </c>
       <c r="H604" t="s">
-        <v>481</v>
+        <v>307</v>
       </c>
       <c r="I604" t="s">
         <v>1735</v>
       </c>
       <c r="J604" t="s">
-        <v>1727</v>
+        <v>1723</v>
       </c>
       <c r="K604" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="L604" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
       <c r="M604" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B605" t="s">
-        <v>307</v>
+        <v>152</v>
       </c>
       <c r="C605" t="s">
         <v>32</v>
       </c>
       <c r="D605" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E605" t="s">
+        <v>576</v>
+      </c>
+      <c r="F605" t="s">
+        <v>603</v>
+      </c>
+      <c r="G605" t="s">
+        <v>152</v>
+      </c>
+      <c r="H605" t="s">
+        <v>152</v>
+      </c>
+      <c r="I605" t="s">
         <v>1737</v>
       </c>
-      <c r="E605" t="s">
-[...11 lines deleted...]
-      <c r="I605" t="s">
+      <c r="J605" t="s">
+        <v>1723</v>
+      </c>
+      <c r="K605" t="s">
         <v>1738</v>
       </c>
-      <c r="J605" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L605" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="M605" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B606" t="s">
-        <v>152</v>
+        <v>925</v>
       </c>
       <c r="C606" t="s">
         <v>32</v>
       </c>
       <c r="D606" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="E606" t="s">
         <v>576</v>
       </c>
       <c r="F606" t="s">
-        <v>603</v>
+        <v>45</v>
       </c>
       <c r="G606" t="s">
-        <v>152</v>
+        <v>925</v>
       </c>
       <c r="H606" t="s">
-        <v>152</v>
+        <v>925</v>
       </c>
       <c r="I606" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="J606" t="s">
-        <v>1727</v>
+        <v>1723</v>
       </c>
       <c r="K606" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="L606" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="M606" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B607" t="s">
-        <v>925</v>
+        <v>38</v>
       </c>
       <c r="C607" t="s">
         <v>32</v>
       </c>
       <c r="D607" t="s">
-        <v>1743</v>
+        <v>1460</v>
       </c>
       <c r="E607" t="s">
         <v>576</v>
       </c>
       <c r="F607" t="s">
         <v>45</v>
       </c>
       <c r="G607" t="s">
-        <v>925</v>
+        <v>38</v>
       </c>
       <c r="H607" t="s">
-        <v>925</v>
+        <v>38</v>
       </c>
       <c r="I607" t="s">
         <v>1744</v>
       </c>
       <c r="J607" t="s">
-        <v>1727</v>
+        <v>1742</v>
       </c>
       <c r="K607" t="s">
+        <v>1738</v>
+      </c>
+      <c r="L607" t="s">
         <v>1745</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
       <c r="M607" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B608" t="s">
-        <v>38</v>
+        <v>152</v>
       </c>
       <c r="C608" t="s">
         <v>32</v>
       </c>
       <c r="D608" t="s">
-        <v>1460</v>
+        <v>1746</v>
       </c>
       <c r="E608" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F608" t="s">
-        <v>45</v>
+        <v>603</v>
       </c>
       <c r="G608" t="s">
-        <v>38</v>
+        <v>152</v>
       </c>
       <c r="H608" t="s">
-        <v>38</v>
+        <v>152</v>
       </c>
       <c r="I608" t="s">
         <v>1747</v>
       </c>
       <c r="J608" t="s">
-        <v>1745</v>
+        <v>1742</v>
       </c>
       <c r="K608" t="s">
-        <v>1741</v>
+        <v>1748</v>
       </c>
       <c r="L608" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="M608" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="609" spans="1:13">
+      <c r="A609">
+        <v>651</v>
+      </c>
       <c r="B609" t="s">
-        <v>152</v>
+        <v>1750</v>
       </c>
       <c r="C609" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D609" t="s">
-        <v>1749</v>
+        <v>1651</v>
+      </c>
+      <c r="E609" t="s">
+        <v>576</v>
       </c>
       <c r="F609" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="G609" t="s">
-        <v>152</v>
+        <v>1750</v>
       </c>
       <c r="H609" t="s">
-        <v>152</v>
+        <v>1750</v>
       </c>
       <c r="I609" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="J609" t="s">
-        <v>1745</v>
+        <v>1738</v>
+      </c>
+      <c r="K609" t="s">
+        <v>1738</v>
       </c>
       <c r="L609" t="s">
-        <v>22</v>
+        <v>1752</v>
       </c>
       <c r="M609" t="s">
-        <v>1531</v>
+        <v>23</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B610" t="s">
-        <v>1751</v>
+        <v>152</v>
       </c>
       <c r="C610" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D610" t="s">
-        <v>1654</v>
+        <v>1753</v>
       </c>
       <c r="E610" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F610" t="s">
+        <v>603</v>
+      </c>
+      <c r="G610" t="s">
+        <v>152</v>
+      </c>
+      <c r="H610" t="s">
+        <v>152</v>
+      </c>
+      <c r="I610" t="s">
+        <v>1754</v>
+      </c>
+      <c r="J610" t="s">
+        <v>1738</v>
+      </c>
+      <c r="K610" t="s">
+        <v>1755</v>
+      </c>
+      <c r="L610" t="s">
+        <v>1756</v>
+      </c>
+      <c r="M610" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13">
+      <c r="A611">
+        <v>653</v>
+      </c>
+      <c r="B611" t="s">
+        <v>581</v>
+      </c>
+      <c r="C611" t="s">
+        <v>43</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E611" t="s">
+        <v>576</v>
+      </c>
+      <c r="F611" t="s">
         <v>593</v>
       </c>
-      <c r="G610" t="s">
-[...5 lines deleted...]
-      <c r="I610" t="s">
+      <c r="G611" t="s">
+        <v>581</v>
+      </c>
+      <c r="H611" t="s">
+        <v>581</v>
+      </c>
+      <c r="I611" t="s">
+        <v>1757</v>
+      </c>
+      <c r="J611" t="s">
+        <v>1738</v>
+      </c>
+      <c r="K611" t="s">
+        <v>1738</v>
+      </c>
+      <c r="L611" t="s">
         <v>1752</v>
       </c>
-      <c r="J610" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="M611" t="s">
-        <v>1531</v>
+        <v>23</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B612" t="s">
-        <v>581</v>
+        <v>601</v>
       </c>
       <c r="C612" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="D612" t="s">
-        <v>1080</v>
+        <v>1758</v>
       </c>
       <c r="E612" t="s">
         <v>576</v>
       </c>
       <c r="F612" t="s">
         <v>593</v>
       </c>
       <c r="G612" t="s">
-        <v>581</v>
+        <v>192</v>
       </c>
       <c r="H612" t="s">
-        <v>581</v>
+        <v>601</v>
       </c>
       <c r="I612" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="J612" t="s">
-        <v>1741</v>
+        <v>1759</v>
       </c>
       <c r="K612" t="s">
-        <v>1741</v>
+        <v>1759</v>
       </c>
       <c r="L612" t="s">
-        <v>1753</v>
+        <v>1760</v>
       </c>
       <c r="M612" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B613" t="s">
-        <v>601</v>
+        <v>124</v>
       </c>
       <c r="C613" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="D613" t="s">
-        <v>1757</v>
+        <v>1654</v>
       </c>
       <c r="E613" t="s">
         <v>576</v>
       </c>
       <c r="F613" t="s">
-        <v>593</v>
+        <v>45</v>
       </c>
       <c r="G613" t="s">
-        <v>192</v>
+        <v>124</v>
       </c>
       <c r="H613" t="s">
-        <v>601</v>
+        <v>124</v>
       </c>
       <c r="I613" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
       <c r="J613" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="K613" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="L613" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="M613" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B614" t="s">
-        <v>124</v>
+        <v>1302</v>
       </c>
       <c r="C614" t="s">
         <v>56</v>
       </c>
       <c r="D614" t="s">
-        <v>1657</v>
+        <v>1764</v>
       </c>
       <c r="E614" t="s">
         <v>576</v>
       </c>
       <c r="F614" t="s">
-        <v>45</v>
+        <v>593</v>
       </c>
       <c r="G614" t="s">
-        <v>124</v>
+        <v>1302</v>
       </c>
       <c r="H614" t="s">
-        <v>124</v>
+        <v>1302</v>
       </c>
       <c r="I614" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="J614" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="K614" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="L614" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="M614" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B615" t="s">
-        <v>1302</v>
+        <v>124</v>
       </c>
       <c r="C615" t="s">
         <v>56</v>
       </c>
       <c r="D615" t="s">
-        <v>1763</v>
+        <v>1654</v>
       </c>
       <c r="E615" t="s">
         <v>576</v>
       </c>
       <c r="F615" t="s">
         <v>593</v>
       </c>
       <c r="G615" t="s">
-        <v>1302</v>
+        <v>124</v>
       </c>
       <c r="H615" t="s">
-        <v>1302</v>
+        <v>124</v>
       </c>
       <c r="I615" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="J615" t="s">
-        <v>1761</v>
+        <v>1768</v>
       </c>
       <c r="K615" t="s">
-        <v>1761</v>
+        <v>1768</v>
       </c>
       <c r="L615" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="M615" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B616" t="s">
-        <v>124</v>
+        <v>1302</v>
       </c>
       <c r="C616" t="s">
         <v>56</v>
       </c>
       <c r="D616" t="s">
-        <v>1657</v>
+        <v>1770</v>
       </c>
       <c r="E616" t="s">
         <v>576</v>
       </c>
       <c r="F616" t="s">
-        <v>593</v>
+        <v>1067</v>
       </c>
       <c r="G616" t="s">
-        <v>124</v>
+        <v>1302</v>
       </c>
       <c r="H616" t="s">
-        <v>124</v>
+        <v>1302</v>
       </c>
       <c r="I616" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="J616" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="K616" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="L616" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="M616" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B617" t="s">
         <v>1302</v>
       </c>
       <c r="C617" t="s">
         <v>56</v>
       </c>
       <c r="D617" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="E617" t="s">
         <v>576</v>
       </c>
       <c r="F617" t="s">
-        <v>1067</v>
+        <v>593</v>
       </c>
       <c r="G617" t="s">
         <v>1302</v>
       </c>
       <c r="H617" t="s">
         <v>1302</v>
       </c>
       <c r="I617" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="J617" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="K617" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
       <c r="L617" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
       <c r="M617" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B618" t="s">
-        <v>1302</v>
+        <v>1750</v>
       </c>
       <c r="C618" t="s">
         <v>56</v>
       </c>
       <c r="D618" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
       <c r="E618" t="s">
         <v>576</v>
       </c>
       <c r="F618" t="s">
         <v>593</v>
       </c>
       <c r="G618" t="s">
-        <v>1302</v>
+        <v>1750</v>
       </c>
       <c r="H618" t="s">
-        <v>1302</v>
+        <v>1750</v>
       </c>
       <c r="I618" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="J618" t="s">
-        <v>1767</v>
+        <v>1748</v>
       </c>
       <c r="K618" t="s">
-        <v>1767</v>
+        <v>1748</v>
       </c>
       <c r="L618" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="M618" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B619" t="s">
-        <v>1751</v>
+        <v>1302</v>
       </c>
       <c r="C619" t="s">
         <v>56</v>
       </c>
       <c r="D619" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="E619" t="s">
         <v>576</v>
       </c>
       <c r="F619" t="s">
         <v>593</v>
       </c>
       <c r="G619" t="s">
-        <v>1751</v>
+        <v>1302</v>
       </c>
       <c r="H619" t="s">
-        <v>1751</v>
+        <v>1302</v>
       </c>
       <c r="I619" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="J619" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="K619" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="L619" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="M619" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B620" t="s">
         <v>1302</v>
       </c>
       <c r="C620" t="s">
         <v>56</v>
       </c>
       <c r="D620" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="E620" t="s">
         <v>576</v>
       </c>
       <c r="F620" t="s">
         <v>593</v>
       </c>
       <c r="G620" t="s">
         <v>1302</v>
       </c>
       <c r="H620" t="s">
         <v>1302</v>
       </c>
       <c r="I620" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
       <c r="J620" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="K620" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="L620" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
       <c r="M620" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B621" t="s">
-        <v>1302</v>
+        <v>1750</v>
       </c>
       <c r="C621" t="s">
         <v>56</v>
       </c>
       <c r="D621" t="s">
-        <v>1782</v>
+        <v>1651</v>
       </c>
       <c r="E621" t="s">
         <v>576</v>
       </c>
       <c r="F621" t="s">
         <v>593</v>
       </c>
       <c r="G621" t="s">
-        <v>1302</v>
+        <v>1750</v>
       </c>
       <c r="H621" t="s">
-        <v>1302</v>
+        <v>1750</v>
       </c>
       <c r="I621" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="J621" t="s">
         <v>1784</v>
       </c>
       <c r="K621" t="s">
         <v>1784</v>
       </c>
       <c r="L621" t="s">
         <v>1785</v>
       </c>
       <c r="M621" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B622" t="s">
-        <v>1751</v>
+        <v>38</v>
       </c>
       <c r="C622" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D622" t="s">
-        <v>1654</v>
+        <v>956</v>
       </c>
       <c r="E622" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="F622" t="s">
-        <v>593</v>
+        <v>800</v>
       </c>
       <c r="G622" t="s">
-        <v>1751</v>
+        <v>38</v>
       </c>
       <c r="H622" t="s">
-        <v>1751</v>
+        <v>38</v>
       </c>
       <c r="I622" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="J622" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="K622" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="L622" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="M622" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="623" spans="1:13">
+      <c r="A623">
+        <v>665</v>
+      </c>
       <c r="B623" t="s">
-        <v>38</v>
+        <v>925</v>
       </c>
       <c r="C623" t="s">
         <v>32</v>
       </c>
       <c r="D623" t="s">
-        <v>956</v>
+        <v>1791</v>
+      </c>
+      <c r="E623" t="s">
+        <v>576</v>
       </c>
       <c r="F623" t="s">
         <v>800</v>
       </c>
       <c r="G623" t="s">
+        <v>925</v>
+      </c>
+      <c r="H623" t="s">
+        <v>925</v>
+      </c>
+      <c r="I623" t="s">
+        <v>1792</v>
+      </c>
+      <c r="J623" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K623" t="s">
+        <v>1793</v>
+      </c>
+      <c r="L623" t="s">
+        <v>1794</v>
+      </c>
+      <c r="M623" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13">
+      <c r="A624">
+        <v>666</v>
+      </c>
+      <c r="B624" t="s">
+        <v>481</v>
+      </c>
+      <c r="C624" t="s">
+        <v>56</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E624" t="s">
+        <v>576</v>
+      </c>
+      <c r="F624" t="s">
+        <v>593</v>
+      </c>
+      <c r="G624" t="s">
+        <v>481</v>
+      </c>
+      <c r="H624" t="s">
+        <v>481</v>
+      </c>
+      <c r="I624" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J624" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K624" t="s">
+        <v>1663</v>
+      </c>
+      <c r="L624" t="s">
+        <v>1797</v>
+      </c>
+      <c r="M624" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13">
+      <c r="A625">
+        <v>667</v>
+      </c>
+      <c r="B625" t="s">
+        <v>124</v>
+      </c>
+      <c r="C625" t="s">
+        <v>56</v>
+      </c>
+      <c r="D625" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E625" t="s">
+        <v>576</v>
+      </c>
+      <c r="F625" t="s">
+        <v>17</v>
+      </c>
+      <c r="G625" t="s">
+        <v>124</v>
+      </c>
+      <c r="H625" t="s">
+        <v>124</v>
+      </c>
+      <c r="I625" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J625" t="s">
+        <v>1789</v>
+      </c>
+      <c r="K625" t="s">
+        <v>1799</v>
+      </c>
+      <c r="L625" t="s">
+        <v>1800</v>
+      </c>
+      <c r="M625" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13">
+      <c r="A626">
+        <v>668</v>
+      </c>
+      <c r="B626" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C626" t="s">
+        <v>56</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1651</v>
+      </c>
+      <c r="E626" t="s">
+        <v>576</v>
+      </c>
+      <c r="F626" t="s">
+        <v>593</v>
+      </c>
+      <c r="G626" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H626" t="s">
+        <v>1750</v>
+      </c>
+      <c r="I626" t="s">
+        <v>1801</v>
+      </c>
+      <c r="J626" t="s">
+        <v>1802</v>
+      </c>
+      <c r="K626" t="s">
+        <v>1802</v>
+      </c>
+      <c r="L626" t="s">
+        <v>1803</v>
+      </c>
+      <c r="M626" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13">
+      <c r="A627">
+        <v>669</v>
+      </c>
+      <c r="B627" t="s">
+        <v>481</v>
+      </c>
+      <c r="C627" t="s">
+        <v>56</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1804</v>
+      </c>
+      <c r="E627" t="s">
+        <v>576</v>
+      </c>
+      <c r="F627" t="s">
+        <v>593</v>
+      </c>
+      <c r="G627" t="s">
+        <v>481</v>
+      </c>
+      <c r="H627" t="s">
+        <v>481</v>
+      </c>
+      <c r="I627" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J627" t="s">
+        <v>1802</v>
+      </c>
+      <c r="K627" t="s">
+        <v>1802</v>
+      </c>
+      <c r="L627" t="s">
+        <v>1803</v>
+      </c>
+      <c r="M627" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13">
+      <c r="A628">
+        <v>670</v>
+      </c>
+      <c r="B628" t="s">
+        <v>481</v>
+      </c>
+      <c r="C628" t="s">
+        <v>56</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1804</v>
+      </c>
+      <c r="E628" t="s">
+        <v>576</v>
+      </c>
+      <c r="F628" t="s">
+        <v>593</v>
+      </c>
+      <c r="G628" t="s">
+        <v>481</v>
+      </c>
+      <c r="H628" t="s">
+        <v>481</v>
+      </c>
+      <c r="I628" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J628" t="s">
+        <v>1802</v>
+      </c>
+      <c r="K628" t="s">
+        <v>1802</v>
+      </c>
+      <c r="L628" t="s">
+        <v>1803</v>
+      </c>
+      <c r="M628" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13">
+      <c r="A629">
+        <v>671</v>
+      </c>
+      <c r="B629" t="s">
+        <v>601</v>
+      </c>
+      <c r="C629" t="s">
+        <v>14</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E629" t="s">
+        <v>576</v>
+      </c>
+      <c r="F629" t="s">
+        <v>593</v>
+      </c>
+      <c r="G629" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H629" t="s">
+        <v>601</v>
+      </c>
+      <c r="I629" t="s">
+        <v>1806</v>
+      </c>
+      <c r="J629" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K629" t="s">
+        <v>1759</v>
+      </c>
+      <c r="L629" t="s">
+        <v>1760</v>
+      </c>
+      <c r="M629" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13">
+      <c r="A630">
+        <v>672</v>
+      </c>
+      <c r="B630" t="s">
+        <v>601</v>
+      </c>
+      <c r="C630" t="s">
+        <v>14</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E630" t="s">
+        <v>576</v>
+      </c>
+      <c r="F630" t="s">
+        <v>593</v>
+      </c>
+      <c r="G630" t="s">
+        <v>212</v>
+      </c>
+      <c r="H630" t="s">
+        <v>601</v>
+      </c>
+      <c r="I630" t="s">
+        <v>1808</v>
+      </c>
+      <c r="J630" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K630" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L630" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M630" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13">
+      <c r="A631">
+        <v>673</v>
+      </c>
+      <c r="B631" t="s">
+        <v>601</v>
+      </c>
+      <c r="C631" t="s">
+        <v>14</v>
+      </c>
+      <c r="D631" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E631" t="s">
+        <v>576</v>
+      </c>
+      <c r="F631" t="s">
+        <v>593</v>
+      </c>
+      <c r="G631" t="s">
+        <v>601</v>
+      </c>
+      <c r="H631" t="s">
+        <v>601</v>
+      </c>
+      <c r="I631" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J631" t="s">
+        <v>1811</v>
+      </c>
+      <c r="K631" t="s">
+        <v>1811</v>
+      </c>
+      <c r="L631" t="s">
+        <v>1812</v>
+      </c>
+      <c r="M631" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13">
+      <c r="A632">
+        <v>674</v>
+      </c>
+      <c r="B632" t="s">
+        <v>601</v>
+      </c>
+      <c r="C632" t="s">
+        <v>14</v>
+      </c>
+      <c r="D632" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E632" t="s">
+        <v>576</v>
+      </c>
+      <c r="F632" t="s">
+        <v>593</v>
+      </c>
+      <c r="G632" t="s">
+        <v>212</v>
+      </c>
+      <c r="H632" t="s">
+        <v>601</v>
+      </c>
+      <c r="I632" t="s">
+        <v>1813</v>
+      </c>
+      <c r="J632" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K632" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L632" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M632" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13">
+      <c r="A633">
+        <v>675</v>
+      </c>
+      <c r="B633" t="s">
+        <v>601</v>
+      </c>
+      <c r="C633" t="s">
+        <v>14</v>
+      </c>
+      <c r="D633" t="s">
+        <v>700</v>
+      </c>
+      <c r="E633" t="s">
+        <v>576</v>
+      </c>
+      <c r="F633" t="s">
+        <v>593</v>
+      </c>
+      <c r="G633" t="s">
+        <v>795</v>
+      </c>
+      <c r="H633" t="s">
+        <v>601</v>
+      </c>
+      <c r="I633" t="s">
+        <v>700</v>
+      </c>
+      <c r="J633" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K633" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L633" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M633" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13">
+      <c r="A634">
+        <v>676</v>
+      </c>
+      <c r="B634" t="s">
+        <v>601</v>
+      </c>
+      <c r="C634" t="s">
+        <v>14</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E634" t="s">
+        <v>576</v>
+      </c>
+      <c r="F634" t="s">
+        <v>593</v>
+      </c>
+      <c r="G634" t="s">
+        <v>679</v>
+      </c>
+      <c r="H634" t="s">
+        <v>601</v>
+      </c>
+      <c r="I634" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J634" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K634" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L634" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M634" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13">
+      <c r="A635">
+        <v>677</v>
+      </c>
+      <c r="B635" t="s">
+        <v>601</v>
+      </c>
+      <c r="C635" t="s">
+        <v>14</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E635" t="s">
+        <v>576</v>
+      </c>
+      <c r="F635" t="s">
+        <v>593</v>
+      </c>
+      <c r="G635" t="s">
+        <v>679</v>
+      </c>
+      <c r="H635" t="s">
+        <v>601</v>
+      </c>
+      <c r="I635" t="s">
+        <v>1815</v>
+      </c>
+      <c r="J635" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K635" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L635" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M635" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13">
+      <c r="A636">
+        <v>678</v>
+      </c>
+      <c r="B636" t="s">
+        <v>601</v>
+      </c>
+      <c r="C636" t="s">
+        <v>14</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E636" t="s">
+        <v>576</v>
+      </c>
+      <c r="F636" t="s">
+        <v>593</v>
+      </c>
+      <c r="G636" t="s">
+        <v>192</v>
+      </c>
+      <c r="H636" t="s">
+        <v>601</v>
+      </c>
+      <c r="I636" t="s">
+        <v>1816</v>
+      </c>
+      <c r="J636" t="s">
+        <v>1789</v>
+      </c>
+      <c r="K636" t="s">
+        <v>1789</v>
+      </c>
+      <c r="L636" t="s">
+        <v>1817</v>
+      </c>
+      <c r="M636" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13">
+      <c r="A637">
+        <v>679</v>
+      </c>
+      <c r="B637" t="s">
+        <v>581</v>
+      </c>
+      <c r="C637" t="s">
+        <v>43</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E637" t="s">
+        <v>576</v>
+      </c>
+      <c r="F637" t="s">
+        <v>593</v>
+      </c>
+      <c r="G637" t="s">
+        <v>581</v>
+      </c>
+      <c r="H637" t="s">
+        <v>581</v>
+      </c>
+      <c r="I637" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J637" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K637" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L637" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M637" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13">
+      <c r="A638">
+        <v>680</v>
+      </c>
+      <c r="B638" t="s">
+        <v>601</v>
+      </c>
+      <c r="C638" t="s">
+        <v>14</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E638" t="s">
+        <v>576</v>
+      </c>
+      <c r="F638" t="s">
+        <v>593</v>
+      </c>
+      <c r="G638" t="s">
+        <v>371</v>
+      </c>
+      <c r="H638" t="s">
+        <v>601</v>
+      </c>
+      <c r="I638" t="s">
+        <v>1820</v>
+      </c>
+      <c r="J638" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K638" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L638" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M638" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13">
+      <c r="A639">
+        <v>681</v>
+      </c>
+      <c r="B639" t="s">
+        <v>601</v>
+      </c>
+      <c r="C639" t="s">
+        <v>14</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E639" t="s">
+        <v>576</v>
+      </c>
+      <c r="F639" t="s">
+        <v>593</v>
+      </c>
+      <c r="G639" t="s">
+        <v>507</v>
+      </c>
+      <c r="H639" t="s">
+        <v>601</v>
+      </c>
+      <c r="I639" t="s">
+        <v>1821</v>
+      </c>
+      <c r="J639" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K639" t="s">
+        <v>1780</v>
+      </c>
+      <c r="L639" t="s">
+        <v>1781</v>
+      </c>
+      <c r="M639" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13">
+      <c r="A640">
+        <v>682</v>
+      </c>
+      <c r="B640" t="s">
+        <v>601</v>
+      </c>
+      <c r="C640" t="s">
+        <v>14</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E640" t="s">
+        <v>576</v>
+      </c>
+      <c r="F640" t="s">
+        <v>593</v>
+      </c>
+      <c r="G640" t="s">
+        <v>507</v>
+      </c>
+      <c r="H640" t="s">
+        <v>601</v>
+      </c>
+      <c r="I640" t="s">
+        <v>1822</v>
+      </c>
+      <c r="J640" t="s">
+        <v>1789</v>
+      </c>
+      <c r="K640" t="s">
+        <v>1789</v>
+      </c>
+      <c r="L640" t="s">
+        <v>1817</v>
+      </c>
+      <c r="M640" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13">
+      <c r="A641">
+        <v>683</v>
+      </c>
+      <c r="B641" t="s">
+        <v>601</v>
+      </c>
+      <c r="C641" t="s">
+        <v>14</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E641" t="s">
+        <v>576</v>
+      </c>
+      <c r="F641" t="s">
+        <v>593</v>
+      </c>
+      <c r="G641" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H641" t="s">
+        <v>601</v>
+      </c>
+      <c r="I641" t="s">
+        <v>1823</v>
+      </c>
+      <c r="J641" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K641" t="s">
+        <v>1663</v>
+      </c>
+      <c r="L641" t="s">
+        <v>1797</v>
+      </c>
+      <c r="M641" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13">
+      <c r="A642">
+        <v>684</v>
+      </c>
+      <c r="B642" t="s">
+        <v>601</v>
+      </c>
+      <c r="C642" t="s">
+        <v>14</v>
+      </c>
+      <c r="D642" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E642" t="s">
+        <v>576</v>
+      </c>
+      <c r="F642" t="s">
+        <v>593</v>
+      </c>
+      <c r="G642" t="s">
+        <v>357</v>
+      </c>
+      <c r="H642" t="s">
+        <v>601</v>
+      </c>
+      <c r="I642" t="s">
+        <v>1824</v>
+      </c>
+      <c r="J642" t="s">
+        <v>1825</v>
+      </c>
+      <c r="K642" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L642" t="s">
+        <v>1826</v>
+      </c>
+      <c r="M642" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13">
+      <c r="A643">
+        <v>685</v>
+      </c>
+      <c r="B643" t="s">
+        <v>601</v>
+      </c>
+      <c r="C643" t="s">
+        <v>14</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E643" t="s">
+        <v>576</v>
+      </c>
+      <c r="F643" t="s">
+        <v>593</v>
+      </c>
+      <c r="G643" t="s">
+        <v>707</v>
+      </c>
+      <c r="H643" t="s">
+        <v>601</v>
+      </c>
+      <c r="I643" t="s">
+        <v>1827</v>
+      </c>
+      <c r="J643" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K643" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L643" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M643" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13">
+      <c r="A644">
+        <v>686</v>
+      </c>
+      <c r="B644" t="s">
+        <v>601</v>
+      </c>
+      <c r="C644" t="s">
+        <v>14</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E644" t="s">
+        <v>576</v>
+      </c>
+      <c r="F644" t="s">
+        <v>593</v>
+      </c>
+      <c r="G644" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H644" t="s">
+        <v>601</v>
+      </c>
+      <c r="I644" t="s">
+        <v>1828</v>
+      </c>
+      <c r="J644" t="s">
+        <v>1788</v>
+      </c>
+      <c r="K644" t="s">
+        <v>1788</v>
+      </c>
+      <c r="L644" t="s">
+        <v>1829</v>
+      </c>
+      <c r="M644" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13">
+      <c r="A645">
+        <v>687</v>
+      </c>
+      <c r="B645" t="s">
+        <v>601</v>
+      </c>
+      <c r="C645" t="s">
+        <v>14</v>
+      </c>
+      <c r="D645" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E645" t="s">
+        <v>576</v>
+      </c>
+      <c r="F645" t="s">
+        <v>593</v>
+      </c>
+      <c r="G645" t="s">
+        <v>433</v>
+      </c>
+      <c r="H645" t="s">
+        <v>601</v>
+      </c>
+      <c r="I645" t="s">
+        <v>1816</v>
+      </c>
+      <c r="J645" t="s">
+        <v>1755</v>
+      </c>
+      <c r="K645" t="s">
+        <v>1755</v>
+      </c>
+      <c r="L645" t="s">
+        <v>1830</v>
+      </c>
+      <c r="M645" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13">
+      <c r="A646">
+        <v>688</v>
+      </c>
+      <c r="B646" t="s">
+        <v>601</v>
+      </c>
+      <c r="C646" t="s">
+        <v>14</v>
+      </c>
+      <c r="D646" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E646" t="s">
+        <v>576</v>
+      </c>
+      <c r="F646" t="s">
+        <v>593</v>
+      </c>
+      <c r="G646" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H646" t="s">
+        <v>601</v>
+      </c>
+      <c r="I646" t="s">
+        <v>1263</v>
+      </c>
+      <c r="J646" t="s">
+        <v>1789</v>
+      </c>
+      <c r="K646" t="s">
+        <v>1789</v>
+      </c>
+      <c r="L646" t="s">
+        <v>1817</v>
+      </c>
+      <c r="M646" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13">
+      <c r="A647">
+        <v>689</v>
+      </c>
+      <c r="B647" t="s">
+        <v>601</v>
+      </c>
+      <c r="C647" t="s">
+        <v>14</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E647" t="s">
+        <v>576</v>
+      </c>
+      <c r="F647" t="s">
+        <v>593</v>
+      </c>
+      <c r="G647" t="s">
+        <v>735</v>
+      </c>
+      <c r="H647" t="s">
+        <v>601</v>
+      </c>
+      <c r="I647" t="s">
+        <v>1816</v>
+      </c>
+      <c r="J647" t="s">
+        <v>1793</v>
+      </c>
+      <c r="K647" t="s">
+        <v>1793</v>
+      </c>
+      <c r="L647" t="s">
+        <v>1832</v>
+      </c>
+      <c r="M647" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13">
+      <c r="A648">
+        <v>690</v>
+      </c>
+      <c r="B648" t="s">
+        <v>601</v>
+      </c>
+      <c r="C648" t="s">
+        <v>14</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E648" t="s">
+        <v>576</v>
+      </c>
+      <c r="F648" t="s">
+        <v>593</v>
+      </c>
+      <c r="G648" t="s">
         <v>38</v>
       </c>
-      <c r="H623" t="s">
+      <c r="H648" t="s">
+        <v>601</v>
+      </c>
+      <c r="I648" t="s">
+        <v>1820</v>
+      </c>
+      <c r="J648" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K648" t="s">
+        <v>1780</v>
+      </c>
+      <c r="L648" t="s">
+        <v>1781</v>
+      </c>
+      <c r="M648" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13">
+      <c r="A649">
+        <v>691</v>
+      </c>
+      <c r="B649" t="s">
+        <v>601</v>
+      </c>
+      <c r="C649" t="s">
+        <v>14</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E649" t="s">
+        <v>576</v>
+      </c>
+      <c r="F649" t="s">
+        <v>593</v>
+      </c>
+      <c r="G649" t="s">
+        <v>938</v>
+      </c>
+      <c r="H649" t="s">
+        <v>601</v>
+      </c>
+      <c r="I649" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J649" t="s">
+        <v>1809</v>
+      </c>
+      <c r="K649" t="s">
+        <v>1809</v>
+      </c>
+      <c r="L649" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M649" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13">
+      <c r="A650">
+        <v>692</v>
+      </c>
+      <c r="B650" t="s">
         <v>38</v>
       </c>
-      <c r="I623" t="s">
-[...5 lines deleted...]
-      <c r="L623" t="s">
+      <c r="C650" t="s">
+        <v>32</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E650" t="s">
+        <v>563</v>
+      </c>
+      <c r="F650" t="s">
+        <v>892</v>
+      </c>
+      <c r="G650" t="s">
+        <v>38</v>
+      </c>
+      <c r="H650" t="s">
+        <v>38</v>
+      </c>
+      <c r="I650" t="s">
+        <v>1834</v>
+      </c>
+      <c r="J650" t="s">
+        <v>1835</v>
+      </c>
+      <c r="K650" t="s">
+        <v>1836</v>
+      </c>
+      <c r="L650" t="s">
+        <v>1837</v>
+      </c>
+      <c r="M650" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13">
+      <c r="A651">
+        <v>693</v>
+      </c>
+      <c r="B651" t="s">
+        <v>97</v>
+      </c>
+      <c r="C651" t="s">
+        <v>24</v>
+      </c>
+      <c r="D651" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E651" t="s">
+        <v>563</v>
+      </c>
+      <c r="F651" t="s">
+        <v>45</v>
+      </c>
+      <c r="G651" t="s">
+        <v>97</v>
+      </c>
+      <c r="H651" t="s">
+        <v>97</v>
+      </c>
+      <c r="I651" t="s">
+        <v>1839</v>
+      </c>
+      <c r="J651" t="s">
+        <v>1836</v>
+      </c>
+      <c r="K651" t="s">
+        <v>1840</v>
+      </c>
+      <c r="L651" t="s">
+        <v>1841</v>
+      </c>
+      <c r="M651" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13">
+      <c r="A652">
+        <v>694</v>
+      </c>
+      <c r="B652" t="s">
+        <v>38</v>
+      </c>
+      <c r="C652" t="s">
+        <v>32</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E652" t="s">
+        <v>563</v>
+      </c>
+      <c r="F652" t="s">
+        <v>800</v>
+      </c>
+      <c r="G652" t="s">
+        <v>38</v>
+      </c>
+      <c r="H652" t="s">
+        <v>38</v>
+      </c>
+      <c r="I652" t="s">
+        <v>1843</v>
+      </c>
+      <c r="J652" t="s">
+        <v>1844</v>
+      </c>
+      <c r="K652" t="s">
+        <v>1845</v>
+      </c>
+      <c r="L652" t="s">
+        <v>1846</v>
+      </c>
+      <c r="M652" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13">
+      <c r="A653">
+        <v>695</v>
+      </c>
+      <c r="B653" t="s">
+        <v>581</v>
+      </c>
+      <c r="C653" t="s">
+        <v>43</v>
+      </c>
+      <c r="D653" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E653" t="s">
+        <v>576</v>
+      </c>
+      <c r="F653" t="s">
+        <v>45</v>
+      </c>
+      <c r="G653" t="s">
+        <v>581</v>
+      </c>
+      <c r="H653" t="s">
+        <v>581</v>
+      </c>
+      <c r="I653" t="s">
+        <v>1848</v>
+      </c>
+      <c r="J653" t="s">
+        <v>1845</v>
+      </c>
+      <c r="K653" t="s">
+        <v>1849</v>
+      </c>
+      <c r="L653" t="s">
+        <v>1850</v>
+      </c>
+      <c r="M653" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13">
+      <c r="A654">
+        <v>696</v>
+      </c>
+      <c r="B654" t="s">
+        <v>581</v>
+      </c>
+      <c r="C654" t="s">
+        <v>43</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E654" t="s">
+        <v>576</v>
+      </c>
+      <c r="F654" t="s">
+        <v>45</v>
+      </c>
+      <c r="G654" t="s">
+        <v>581</v>
+      </c>
+      <c r="H654" t="s">
+        <v>581</v>
+      </c>
+      <c r="I654" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J654" t="s">
+        <v>1849</v>
+      </c>
+      <c r="K654" t="s">
+        <v>1853</v>
+      </c>
+      <c r="L654" t="s">
+        <v>1854</v>
+      </c>
+      <c r="M654" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13">
+      <c r="A655">
+        <v>697</v>
+      </c>
+      <c r="B655" t="s">
+        <v>371</v>
+      </c>
+      <c r="C655" t="s">
+        <v>43</v>
+      </c>
+      <c r="D655" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E655" t="s">
+        <v>576</v>
+      </c>
+      <c r="F655" t="s">
+        <v>903</v>
+      </c>
+      <c r="G655" t="s">
+        <v>371</v>
+      </c>
+      <c r="H655" t="s">
+        <v>371</v>
+      </c>
+      <c r="I655" t="s">
+        <v>1856</v>
+      </c>
+      <c r="J655" t="s">
+        <v>1849</v>
+      </c>
+      <c r="K655" t="s">
+        <v>1853</v>
+      </c>
+      <c r="L655" t="s">
+        <v>1857</v>
+      </c>
+      <c r="M655" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13">
+      <c r="A656">
+        <v>698</v>
+      </c>
+      <c r="B656" t="s">
+        <v>152</v>
+      </c>
+      <c r="C656" t="s">
+        <v>32</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E656" t="s">
+        <v>576</v>
+      </c>
+      <c r="F656" t="s">
+        <v>593</v>
+      </c>
+      <c r="G656" t="s">
+        <v>152</v>
+      </c>
+      <c r="H656" t="s">
+        <v>152</v>
+      </c>
+      <c r="I656" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J656" t="s">
+        <v>1849</v>
+      </c>
+      <c r="K656" t="s">
+        <v>1849</v>
+      </c>
+      <c r="L656" t="s">
+        <v>1860</v>
+      </c>
+      <c r="M656" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13">
+      <c r="A657">
+        <v>699</v>
+      </c>
+      <c r="B657" t="s">
+        <v>601</v>
+      </c>
+      <c r="C657" t="s">
+        <v>14</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E657" t="s">
+        <v>576</v>
+      </c>
+      <c r="F657" t="s">
+        <v>593</v>
+      </c>
+      <c r="G657" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H657" t="s">
+        <v>601</v>
+      </c>
+      <c r="I657" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J657" t="s">
+        <v>1853</v>
+      </c>
+      <c r="K657" t="s">
+        <v>1853</v>
+      </c>
+      <c r="L657" t="s">
+        <v>1861</v>
+      </c>
+      <c r="M657" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13">
+      <c r="A658">
+        <v>700</v>
+      </c>
+      <c r="B658" t="s">
+        <v>212</v>
+      </c>
+      <c r="C658" t="s">
+        <v>190</v>
+      </c>
+      <c r="E658" t="s">
+        <v>16</v>
+      </c>
+      <c r="F658" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G658" t="s">
+        <v>212</v>
+      </c>
+      <c r="H658" t="s">
+        <v>212</v>
+      </c>
+      <c r="I658" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J658" t="s">
+        <v>1853</v>
+      </c>
+      <c r="K658" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L658" t="s">
+        <v>1864</v>
+      </c>
+      <c r="M658" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13">
+      <c r="A659">
+        <v>701</v>
+      </c>
+      <c r="B659" t="s">
+        <v>371</v>
+      </c>
+      <c r="C659" t="s">
+        <v>43</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E659" t="s">
+        <v>576</v>
+      </c>
+      <c r="F659" t="s">
+        <v>593</v>
+      </c>
+      <c r="G659" t="s">
+        <v>371</v>
+      </c>
+      <c r="H659" t="s">
+        <v>371</v>
+      </c>
+      <c r="I659" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J659" t="s">
+        <v>1853</v>
+      </c>
+      <c r="K659" t="s">
+        <v>1853</v>
+      </c>
+      <c r="L659" t="s">
+        <v>1861</v>
+      </c>
+      <c r="M659" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13">
+      <c r="A660">
+        <v>702</v>
+      </c>
+      <c r="B660" t="s">
+        <v>601</v>
+      </c>
+      <c r="C660" t="s">
+        <v>14</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E660" t="s">
+        <v>576</v>
+      </c>
+      <c r="F660" t="s">
+        <v>593</v>
+      </c>
+      <c r="G660" t="s">
+        <v>281</v>
+      </c>
+      <c r="H660" t="s">
+        <v>601</v>
+      </c>
+      <c r="I660" t="s">
+        <v>1866</v>
+      </c>
+      <c r="J660" t="s">
+        <v>1867</v>
+      </c>
+      <c r="K660" t="s">
+        <v>1867</v>
+      </c>
+      <c r="L660" t="s">
+        <v>1868</v>
+      </c>
+      <c r="M660" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13">
+      <c r="A661">
+        <v>703</v>
+      </c>
+      <c r="B661" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C661" t="s">
+        <v>56</v>
+      </c>
+      <c r="D661" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E661" t="s">
+        <v>576</v>
+      </c>
+      <c r="F661" t="s">
+        <v>593</v>
+      </c>
+      <c r="G661" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H661" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I661" t="s">
+        <v>1870</v>
+      </c>
+      <c r="J661" t="s">
+        <v>1871</v>
+      </c>
+      <c r="K661" t="s">
+        <v>1871</v>
+      </c>
+      <c r="L661" t="s">
+        <v>1872</v>
+      </c>
+      <c r="M661" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13">
+      <c r="A662">
+        <v>704</v>
+      </c>
+      <c r="B662" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D662" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E662" t="s">
+        <v>576</v>
+      </c>
+      <c r="F662" t="s">
+        <v>593</v>
+      </c>
+      <c r="G662" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H662" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I662" t="s">
+        <v>1875</v>
+      </c>
+      <c r="J662" t="s">
+        <v>1876</v>
+      </c>
+      <c r="K662" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L662" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M662" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13">
+      <c r="A663">
+        <v>705</v>
+      </c>
+      <c r="B663" t="s">
+        <v>925</v>
+      </c>
+      <c r="C663" t="s">
+        <v>32</v>
+      </c>
+      <c r="D663" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E663" t="s">
+        <v>576</v>
+      </c>
+      <c r="F663" t="s">
+        <v>593</v>
+      </c>
+      <c r="G663" t="s">
+        <v>925</v>
+      </c>
+      <c r="H663" t="s">
+        <v>925</v>
+      </c>
+      <c r="I663" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J663" t="s">
+        <v>1876</v>
+      </c>
+      <c r="K663" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L663" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M663" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13">
+      <c r="A664">
+        <v>706</v>
+      </c>
+      <c r="B664" t="s">
+        <v>735</v>
+      </c>
+      <c r="C664" t="s">
+        <v>56</v>
+      </c>
+      <c r="D664" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E664" t="s">
+        <v>576</v>
+      </c>
+      <c r="F664" t="s">
+        <v>45</v>
+      </c>
+      <c r="G664" t="s">
+        <v>735</v>
+      </c>
+      <c r="H664" t="s">
+        <v>735</v>
+      </c>
+      <c r="I664" t="s">
+        <v>1880</v>
+      </c>
+      <c r="J664" t="s">
+        <v>1876</v>
+      </c>
+      <c r="K664" t="s">
+        <v>1881</v>
+      </c>
+      <c r="L664" t="s">
+        <v>1882</v>
+      </c>
+      <c r="M664" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13">
+      <c r="A665">
+        <v>707</v>
+      </c>
+      <c r="B665" t="s">
+        <v>918</v>
+      </c>
+      <c r="C665" t="s">
+        <v>56</v>
+      </c>
+      <c r="D665" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E665" t="s">
+        <v>576</v>
+      </c>
+      <c r="F665" t="s">
+        <v>593</v>
+      </c>
+      <c r="G665" t="s">
+        <v>918</v>
+      </c>
+      <c r="H665" t="s">
+        <v>918</v>
+      </c>
+      <c r="I665" t="s">
+        <v>1884</v>
+      </c>
+      <c r="J665" t="s">
+        <v>1876</v>
+      </c>
+      <c r="K665" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L665" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M665" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13">
+      <c r="A666">
+        <v>708</v>
+      </c>
+      <c r="B666" t="s">
+        <v>601</v>
+      </c>
+      <c r="C666" t="s">
+        <v>14</v>
+      </c>
+      <c r="D666" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E666" t="s">
+        <v>576</v>
+      </c>
+      <c r="F666" t="s">
+        <v>593</v>
+      </c>
+      <c r="G666" t="s">
+        <v>928</v>
+      </c>
+      <c r="H666" t="s">
+        <v>601</v>
+      </c>
+      <c r="I666" t="s">
+        <v>1202</v>
+      </c>
+      <c r="J666" t="s">
+        <v>1876</v>
+      </c>
+      <c r="K666" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L666" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M666" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13">
+      <c r="A667">
+        <v>709</v>
+      </c>
+      <c r="B667" t="s">
+        <v>918</v>
+      </c>
+      <c r="C667" t="s">
+        <v>56</v>
+      </c>
+      <c r="E667" t="s">
+        <v>576</v>
+      </c>
+      <c r="F667" t="s">
+        <v>593</v>
+      </c>
+      <c r="G667" t="s">
+        <v>918</v>
+      </c>
+      <c r="H667" t="s">
+        <v>918</v>
+      </c>
+      <c r="I667" t="s">
+        <v>1885</v>
+      </c>
+      <c r="J667" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K667" t="s">
+        <v>1881</v>
+      </c>
+      <c r="L667" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M667" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13">
+      <c r="A668">
+        <v>710</v>
+      </c>
+      <c r="B668" t="s">
+        <v>868</v>
+      </c>
+      <c r="C668" t="s">
+        <v>14</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1887</v>
+      </c>
+      <c r="E668" t="s">
+        <v>576</v>
+      </c>
+      <c r="F668" t="s">
+        <v>593</v>
+      </c>
+      <c r="G668" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H668" t="s">
+        <v>868</v>
+      </c>
+      <c r="I668" t="s">
+        <v>1888</v>
+      </c>
+      <c r="J668" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K668" t="s">
+        <v>1881</v>
+      </c>
+      <c r="L668" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M668" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13">
+      <c r="A669">
+        <v>711</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C669" t="s">
+        <v>56</v>
+      </c>
+      <c r="D669" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E669" t="s">
+        <v>576</v>
+      </c>
+      <c r="F669" t="s">
+        <v>593</v>
+      </c>
+      <c r="G669" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H669" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I669" t="s">
+        <v>1889</v>
+      </c>
+      <c r="J669" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K669" t="s">
+        <v>1881</v>
+      </c>
+      <c r="L669" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M669" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13">
+      <c r="A670">
+        <v>712</v>
+      </c>
+      <c r="B670" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C670" t="s">
+        <v>56</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E670" t="s">
+        <v>576</v>
+      </c>
+      <c r="F670" t="s">
+        <v>593</v>
+      </c>
+      <c r="G670" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H670" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I670" t="s">
+        <v>1891</v>
+      </c>
+      <c r="J670" t="s">
+        <v>1892</v>
+      </c>
+      <c r="K670" t="s">
+        <v>1892</v>
+      </c>
+      <c r="L670" t="s">
+        <v>1893</v>
+      </c>
+      <c r="M670" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13">
+      <c r="A671">
+        <v>713</v>
+      </c>
+      <c r="B671" t="s">
+        <v>481</v>
+      </c>
+      <c r="C671" t="s">
+        <v>56</v>
+      </c>
+      <c r="D671" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E671" t="s">
+        <v>576</v>
+      </c>
+      <c r="F671" t="s">
+        <v>593</v>
+      </c>
+      <c r="G671" t="s">
+        <v>481</v>
+      </c>
+      <c r="H671" t="s">
+        <v>481</v>
+      </c>
+      <c r="I671" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J671" t="s">
+        <v>1892</v>
+      </c>
+      <c r="K671" t="s">
+        <v>1892</v>
+      </c>
+      <c r="L671" t="s">
+        <v>1893</v>
+      </c>
+      <c r="M671" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13">
+      <c r="A672">
+        <v>714</v>
+      </c>
+      <c r="B672" t="s">
+        <v>481</v>
+      </c>
+      <c r="C672" t="s">
+        <v>56</v>
+      </c>
+      <c r="D672" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E672" t="s">
+        <v>576</v>
+      </c>
+      <c r="F672" t="s">
+        <v>45</v>
+      </c>
+      <c r="G672" t="s">
+        <v>481</v>
+      </c>
+      <c r="H672" t="s">
+        <v>481</v>
+      </c>
+      <c r="I672" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J672" t="s">
+        <v>1892</v>
+      </c>
+      <c r="K672" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L672" t="s">
+        <v>1896</v>
+      </c>
+      <c r="M672" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13">
+      <c r="A673">
+        <v>715</v>
+      </c>
+      <c r="B673" t="s">
+        <v>601</v>
+      </c>
+      <c r="C673" t="s">
+        <v>14</v>
+      </c>
+      <c r="D673" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E673" t="s">
+        <v>576</v>
+      </c>
+      <c r="F673" t="s">
+        <v>593</v>
+      </c>
+      <c r="G673" t="s">
+        <v>97</v>
+      </c>
+      <c r="H673" t="s">
+        <v>601</v>
+      </c>
+      <c r="I673" t="s">
+        <v>1897</v>
+      </c>
+      <c r="J673" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K673" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L673" t="s">
+        <v>1898</v>
+      </c>
+      <c r="M673" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13">
+      <c r="A674">
+        <v>716</v>
+      </c>
+      <c r="B674" t="s">
+        <v>601</v>
+      </c>
+      <c r="C674" t="s">
+        <v>14</v>
+      </c>
+      <c r="D674" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E674" t="s">
+        <v>576</v>
+      </c>
+      <c r="F674" t="s">
+        <v>593</v>
+      </c>
+      <c r="G674" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H674" t="s">
+        <v>601</v>
+      </c>
+      <c r="I674" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J674" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K674" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L674" t="s">
+        <v>1898</v>
+      </c>
+      <c r="M674" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13">
+      <c r="A675">
+        <v>717</v>
+      </c>
+      <c r="B675" t="s">
+        <v>212</v>
+      </c>
+      <c r="C675" t="s">
+        <v>190</v>
+      </c>
+      <c r="E675" t="s">
+        <v>576</v>
+      </c>
+      <c r="F675" t="s">
+        <v>593</v>
+      </c>
+      <c r="G675" t="s">
+        <v>212</v>
+      </c>
+      <c r="H675" t="s">
+        <v>212</v>
+      </c>
+      <c r="I675" t="s">
+        <v>1900</v>
+      </c>
+      <c r="J675" t="s">
+        <v>1863</v>
+      </c>
+      <c r="K675" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L675" t="s">
+        <v>1898</v>
+      </c>
+      <c r="M675" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13">
+      <c r="A676">
+        <v>718</v>
+      </c>
+      <c r="B676" t="s">
+        <v>362</v>
+      </c>
+      <c r="C676" t="s">
+        <v>32</v>
+      </c>
+      <c r="D676" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E676" t="s">
+        <v>576</v>
+      </c>
+      <c r="F676" t="s">
+        <v>593</v>
+      </c>
+      <c r="G676" t="s">
+        <v>362</v>
+      </c>
+      <c r="H676" t="s">
+        <v>362</v>
+      </c>
+      <c r="I676" t="s">
+        <v>1902</v>
+      </c>
+      <c r="J676" t="s">
+        <v>1840</v>
+      </c>
+      <c r="K676" t="s">
+        <v>1840</v>
+      </c>
+      <c r="L676" t="s">
+        <v>1903</v>
+      </c>
+      <c r="M676" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13">
+      <c r="A677">
+        <v>719</v>
+      </c>
+      <c r="B677" t="s">
+        <v>581</v>
+      </c>
+      <c r="C677" t="s">
+        <v>43</v>
+      </c>
+      <c r="D677" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E677" t="s">
+        <v>576</v>
+      </c>
+      <c r="F677" t="s">
+        <v>593</v>
+      </c>
+      <c r="G677" t="s">
+        <v>581</v>
+      </c>
+      <c r="H677" t="s">
+        <v>581</v>
+      </c>
+      <c r="I677" t="s">
+        <v>1905</v>
+      </c>
+      <c r="J677" t="s">
+        <v>1840</v>
+      </c>
+      <c r="K677" t="s">
+        <v>1840</v>
+      </c>
+      <c r="L677" t="s">
+        <v>1903</v>
+      </c>
+      <c r="M677" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13">
+      <c r="A678">
+        <v>721</v>
+      </c>
+      <c r="B678" t="s">
+        <v>735</v>
+      </c>
+      <c r="C678" t="s">
+        <v>56</v>
+      </c>
+      <c r="D678" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E678" t="s">
+        <v>576</v>
+      </c>
+      <c r="F678" t="s">
+        <v>593</v>
+      </c>
+      <c r="G678" t="s">
+        <v>735</v>
+      </c>
+      <c r="H678" t="s">
+        <v>735</v>
+      </c>
+      <c r="I678" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J678" t="s">
+        <v>1840</v>
+      </c>
+      <c r="K678" t="s">
+        <v>1840</v>
+      </c>
+      <c r="L678" t="s">
+        <v>1903</v>
+      </c>
+      <c r="M678" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13">
+      <c r="A679">
+        <v>722</v>
+      </c>
+      <c r="B679" t="s">
+        <v>581</v>
+      </c>
+      <c r="C679" t="s">
+        <v>43</v>
+      </c>
+      <c r="D679" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E679" t="s">
+        <v>576</v>
+      </c>
+      <c r="F679" t="s">
+        <v>593</v>
+      </c>
+      <c r="G679" t="s">
+        <v>581</v>
+      </c>
+      <c r="H679" t="s">
+        <v>581</v>
+      </c>
+      <c r="I679" t="s">
+        <v>1908</v>
+      </c>
+      <c r="J679" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K679" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L679" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M679" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13">
+      <c r="A680">
+        <v>723</v>
+      </c>
+      <c r="B680" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C680" t="s">
+        <v>43</v>
+      </c>
+      <c r="D680" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E680" t="s">
+        <v>576</v>
+      </c>
+      <c r="F680" t="s">
+        <v>593</v>
+      </c>
+      <c r="G680" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H680" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I680" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J680" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K680" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L680" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M680" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13">
+      <c r="A681">
+        <v>724</v>
+      </c>
+      <c r="B681" t="s">
+        <v>481</v>
+      </c>
+      <c r="C681" t="s">
+        <v>56</v>
+      </c>
+      <c r="D681" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E681" t="s">
+        <v>563</v>
+      </c>
+      <c r="F681" t="s">
+        <v>45</v>
+      </c>
+      <c r="G681" t="s">
+        <v>481</v>
+      </c>
+      <c r="H681" t="s">
+        <v>481</v>
+      </c>
+      <c r="I681" t="s">
+        <v>1913</v>
+      </c>
+      <c r="J681" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K681" t="s">
+        <v>1914</v>
+      </c>
+      <c r="L681" t="s">
+        <v>1915</v>
+      </c>
+      <c r="M681" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13">
+      <c r="A682">
+        <v>725</v>
+      </c>
+      <c r="B682" t="s">
+        <v>481</v>
+      </c>
+      <c r="C682" t="s">
+        <v>56</v>
+      </c>
+      <c r="D682" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E682" t="s">
+        <v>563</v>
+      </c>
+      <c r="F682" t="s">
+        <v>45</v>
+      </c>
+      <c r="G682" t="s">
+        <v>481</v>
+      </c>
+      <c r="H682" t="s">
+        <v>481</v>
+      </c>
+      <c r="I682" t="s">
+        <v>1913</v>
+      </c>
+      <c r="J682" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K682" t="s">
+        <v>1914</v>
+      </c>
+      <c r="L682" t="s">
+        <v>1915</v>
+      </c>
+      <c r="M682" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13">
+      <c r="A683">
+        <v>726</v>
+      </c>
+      <c r="B683" t="s">
+        <v>601</v>
+      </c>
+      <c r="C683" t="s">
+        <v>14</v>
+      </c>
+      <c r="D683" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E683" t="s">
+        <v>576</v>
+      </c>
+      <c r="F683" t="s">
+        <v>593</v>
+      </c>
+      <c r="G683" t="s">
+        <v>735</v>
+      </c>
+      <c r="H683" t="s">
+        <v>601</v>
+      </c>
+      <c r="I683" t="s">
+        <v>1816</v>
+      </c>
+      <c r="J683" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K683" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L683" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M683" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13">
+      <c r="A684">
+        <v>727</v>
+      </c>
+      <c r="B684" t="s">
+        <v>481</v>
+      </c>
+      <c r="C684" t="s">
+        <v>56</v>
+      </c>
+      <c r="D684" t="s">
+        <v>1916</v>
+      </c>
+      <c r="E684" t="s">
+        <v>576</v>
+      </c>
+      <c r="F684" t="s">
+        <v>45</v>
+      </c>
+      <c r="G684" t="s">
+        <v>481</v>
+      </c>
+      <c r="H684" t="s">
+        <v>481</v>
+      </c>
+      <c r="I684" t="s">
+        <v>1917</v>
+      </c>
+      <c r="J684" t="s">
+        <v>1909</v>
+      </c>
+      <c r="K684" t="s">
+        <v>1918</v>
+      </c>
+      <c r="L684" t="s">
+        <v>1919</v>
+      </c>
+      <c r="M684" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13">
+      <c r="A685">
+        <v>728</v>
+      </c>
+      <c r="B685" t="s">
+        <v>601</v>
+      </c>
+      <c r="C685" t="s">
+        <v>14</v>
+      </c>
+      <c r="D685" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E685" t="s">
+        <v>576</v>
+      </c>
+      <c r="F685" t="s">
+        <v>593</v>
+      </c>
+      <c r="G685" t="s">
+        <v>795</v>
+      </c>
+      <c r="H685" t="s">
+        <v>601</v>
+      </c>
+      <c r="I685" t="s">
+        <v>1920</v>
+      </c>
+      <c r="J685" t="s">
+        <v>1918</v>
+      </c>
+      <c r="K685" t="s">
+        <v>1918</v>
+      </c>
+      <c r="L685" t="s">
+        <v>1921</v>
+      </c>
+      <c r="M685" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13">
+      <c r="A686">
+        <v>729</v>
+      </c>
+      <c r="B686" t="s">
+        <v>481</v>
+      </c>
+      <c r="C686" t="s">
+        <v>56</v>
+      </c>
+      <c r="D686" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E686" t="s">
+        <v>576</v>
+      </c>
+      <c r="F686" t="s">
+        <v>45</v>
+      </c>
+      <c r="G686" t="s">
+        <v>481</v>
+      </c>
+      <c r="H686" t="s">
+        <v>481</v>
+      </c>
+      <c r="I686" t="s">
+        <v>1923</v>
+      </c>
+      <c r="J686" t="s">
+        <v>1918</v>
+      </c>
+      <c r="K686" t="s">
+        <v>1924</v>
+      </c>
+      <c r="L686" t="s">
+        <v>1925</v>
+      </c>
+      <c r="M686" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13">
+      <c r="A687">
+        <v>730</v>
+      </c>
+      <c r="B687" t="s">
+        <v>925</v>
+      </c>
+      <c r="C687" t="s">
+        <v>32</v>
+      </c>
+      <c r="D687" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E687" t="s">
+        <v>563</v>
+      </c>
+      <c r="F687" t="s">
+        <v>892</v>
+      </c>
+      <c r="G687" t="s">
+        <v>925</v>
+      </c>
+      <c r="H687" t="s">
+        <v>925</v>
+      </c>
+      <c r="I687" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J687" t="s">
+        <v>1924</v>
+      </c>
+      <c r="K687" t="s">
+        <v>1928</v>
+      </c>
+      <c r="L687" t="s">
+        <v>1929</v>
+      </c>
+      <c r="M687" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13">
+      <c r="A688">
+        <v>731</v>
+      </c>
+      <c r="B688" t="s">
+        <v>925</v>
+      </c>
+      <c r="C688" t="s">
+        <v>32</v>
+      </c>
+      <c r="D688" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E688" t="s">
+        <v>563</v>
+      </c>
+      <c r="F688" t="s">
+        <v>892</v>
+      </c>
+      <c r="G688" t="s">
+        <v>925</v>
+      </c>
+      <c r="H688" t="s">
+        <v>925</v>
+      </c>
+      <c r="I688" t="s">
+        <v>1931</v>
+      </c>
+      <c r="J688" t="s">
+        <v>1924</v>
+      </c>
+      <c r="K688" t="s">
+        <v>1928</v>
+      </c>
+      <c r="L688" t="s">
+        <v>1929</v>
+      </c>
+      <c r="M688" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13">
+      <c r="A689">
+        <v>732</v>
+      </c>
+      <c r="B689" t="s">
+        <v>601</v>
+      </c>
+      <c r="C689" t="s">
+        <v>14</v>
+      </c>
+      <c r="D689" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E689" t="s">
+        <v>576</v>
+      </c>
+      <c r="F689" t="s">
+        <v>593</v>
+      </c>
+      <c r="G689" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H689" t="s">
+        <v>601</v>
+      </c>
+      <c r="I689" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J689" t="s">
+        <v>1924</v>
+      </c>
+      <c r="K689" t="s">
+        <v>1924</v>
+      </c>
+      <c r="L689" t="s">
+        <v>1932</v>
+      </c>
+      <c r="M689" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13">
+      <c r="A690">
+        <v>733</v>
+      </c>
+      <c r="B690" t="s">
+        <v>601</v>
+      </c>
+      <c r="C690" t="s">
+        <v>14</v>
+      </c>
+      <c r="D690" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E690" t="s">
+        <v>576</v>
+      </c>
+      <c r="F690" t="s">
+        <v>593</v>
+      </c>
+      <c r="G690" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H690" t="s">
+        <v>601</v>
+      </c>
+      <c r="I690" t="s">
+        <v>1866</v>
+      </c>
+      <c r="J690" t="s">
+        <v>1924</v>
+      </c>
+      <c r="K690" t="s">
+        <v>1924</v>
+      </c>
+      <c r="L690" t="s">
+        <v>1932</v>
+      </c>
+      <c r="M690" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13">
+      <c r="A691">
+        <v>734</v>
+      </c>
+      <c r="B691" t="s">
+        <v>124</v>
+      </c>
+      <c r="C691" t="s">
+        <v>56</v>
+      </c>
+      <c r="D691" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E691" t="s">
+        <v>576</v>
+      </c>
+      <c r="F691" t="s">
+        <v>45</v>
+      </c>
+      <c r="G691" t="s">
+        <v>124</v>
+      </c>
+      <c r="H691" t="s">
+        <v>124</v>
+      </c>
+      <c r="I691" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J691" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K691" t="s">
+        <v>1934</v>
+      </c>
+      <c r="L691" t="s">
+        <v>1935</v>
+      </c>
+      <c r="M691" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13">
+      <c r="A692">
+        <v>735</v>
+      </c>
+      <c r="B692" t="s">
+        <v>581</v>
+      </c>
+      <c r="C692" t="s">
+        <v>43</v>
+      </c>
+      <c r="D692" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E692" t="s">
+        <v>576</v>
+      </c>
+      <c r="F692" t="s">
+        <v>593</v>
+      </c>
+      <c r="G692" t="s">
+        <v>581</v>
+      </c>
+      <c r="H692" t="s">
+        <v>581</v>
+      </c>
+      <c r="I692" t="s">
+        <v>1937</v>
+      </c>
+      <c r="J692" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K692" t="s">
+        <v>1928</v>
+      </c>
+      <c r="L692" t="s">
+        <v>1938</v>
+      </c>
+      <c r="M692" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13">
+      <c r="A693">
+        <v>736</v>
+      </c>
+      <c r="B693" t="s">
+        <v>987</v>
+      </c>
+      <c r="C693" t="s">
+        <v>43</v>
+      </c>
+      <c r="D693" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E693" t="s">
+        <v>576</v>
+      </c>
+      <c r="F693" t="s">
+        <v>593</v>
+      </c>
+      <c r="G693" t="s">
+        <v>987</v>
+      </c>
+      <c r="H693" t="s">
+        <v>987</v>
+      </c>
+      <c r="I693" t="s">
+        <v>1940</v>
+      </c>
+      <c r="J693" t="s">
+        <v>1928</v>
+      </c>
+      <c r="K693" t="s">
+        <v>1928</v>
+      </c>
+      <c r="L693" t="s">
+        <v>1938</v>
+      </c>
+      <c r="M693" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13">
+      <c r="A694">
+        <v>737</v>
+      </c>
+      <c r="B694" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C694" t="s">
+        <v>190</v>
+      </c>
+      <c r="E694" t="s">
+        <v>576</v>
+      </c>
+      <c r="F694" t="s">
+        <v>593</v>
+      </c>
+      <c r="G694" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H694" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I694" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J694" t="s">
+        <v>1934</v>
+      </c>
+      <c r="K694" t="s">
+        <v>1934</v>
+      </c>
+      <c r="L694" t="s">
+        <v>1942</v>
+      </c>
+      <c r="M694" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13">
+      <c r="A695">
+        <v>738</v>
+      </c>
+      <c r="B695" t="s">
+        <v>371</v>
+      </c>
+      <c r="C695" t="s">
+        <v>43</v>
+      </c>
+      <c r="D695" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E695" t="s">
+        <v>576</v>
+      </c>
+      <c r="F695" t="s">
+        <v>593</v>
+      </c>
+      <c r="G695" t="s">
+        <v>371</v>
+      </c>
+      <c r="H695" t="s">
+        <v>371</v>
+      </c>
+      <c r="I695" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J695" t="s">
+        <v>1934</v>
+      </c>
+      <c r="K695" t="s">
+        <v>1934</v>
+      </c>
+      <c r="L695" t="s">
+        <v>1942</v>
+      </c>
+      <c r="M695" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13">
+      <c r="A696">
+        <v>739</v>
+      </c>
+      <c r="B696" t="s">
+        <v>620</v>
+      </c>
+      <c r="C696" t="s">
+        <v>43</v>
+      </c>
+      <c r="D696" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E696" t="s">
+        <v>563</v>
+      </c>
+      <c r="F696" t="s">
+        <v>45</v>
+      </c>
+      <c r="G696" t="s">
+        <v>620</v>
+      </c>
+      <c r="H696" t="s">
+        <v>620</v>
+      </c>
+      <c r="I696" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J696" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K696" t="s">
+        <v>1947</v>
+      </c>
+      <c r="L696" t="s">
+        <v>1948</v>
+      </c>
+      <c r="M696" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13">
+      <c r="A697">
+        <v>740</v>
+      </c>
+      <c r="B697" t="s">
+        <v>581</v>
+      </c>
+      <c r="C697" t="s">
+        <v>43</v>
+      </c>
+      <c r="D697" t="s">
+        <v>1949</v>
+      </c>
+      <c r="E697" t="s">
+        <v>576</v>
+      </c>
+      <c r="F697" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G697" t="s">
+        <v>581</v>
+      </c>
+      <c r="H697" t="s">
+        <v>581</v>
+      </c>
+      <c r="I697" t="s">
+        <v>1950</v>
+      </c>
+      <c r="J697" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K697" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L697" t="s">
+        <v>1952</v>
+      </c>
+      <c r="M697" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13">
+      <c r="A698">
+        <v>741</v>
+      </c>
+      <c r="B698" t="s">
+        <v>212</v>
+      </c>
+      <c r="C698" t="s">
+        <v>190</v>
+      </c>
+      <c r="D698" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E698" t="s">
+        <v>576</v>
+      </c>
+      <c r="F698" t="s">
+        <v>17</v>
+      </c>
+      <c r="G698" t="s">
+        <v>212</v>
+      </c>
+      <c r="H698" t="s">
+        <v>212</v>
+      </c>
+      <c r="I698" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J698" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K698" t="s">
+        <v>1954</v>
+      </c>
+      <c r="L698" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M698" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13">
+      <c r="A699">
+        <v>742</v>
+      </c>
+      <c r="B699" t="s">
+        <v>601</v>
+      </c>
+      <c r="C699" t="s">
+        <v>14</v>
+      </c>
+      <c r="D699" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E699" t="s">
+        <v>576</v>
+      </c>
+      <c r="F699" t="s">
+        <v>593</v>
+      </c>
+      <c r="G699" t="s">
+        <v>481</v>
+      </c>
+      <c r="H699" t="s">
+        <v>601</v>
+      </c>
+      <c r="I699" t="s">
+        <v>1956</v>
+      </c>
+      <c r="J699" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K699" t="s">
+        <v>1946</v>
+      </c>
+      <c r="L699" t="s">
+        <v>1957</v>
+      </c>
+      <c r="M699" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13">
+      <c r="A700">
+        <v>743</v>
+      </c>
+      <c r="B700" t="s">
+        <v>601</v>
+      </c>
+      <c r="C700" t="s">
+        <v>14</v>
+      </c>
+      <c r="D700" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E700" t="s">
+        <v>576</v>
+      </c>
+      <c r="F700" t="s">
+        <v>593</v>
+      </c>
+      <c r="G700" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H700" t="s">
+        <v>601</v>
+      </c>
+      <c r="I700" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J700" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K700" t="s">
+        <v>1946</v>
+      </c>
+      <c r="L700" t="s">
+        <v>1957</v>
+      </c>
+      <c r="M700" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13">
+      <c r="A701">
+        <v>744</v>
+      </c>
+      <c r="B701" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C701" t="s">
+        <v>190</v>
+      </c>
+      <c r="E701" t="s">
+        <v>576</v>
+      </c>
+      <c r="F701" t="s">
+        <v>593</v>
+      </c>
+      <c r="G701" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H701" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I701" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J701" t="s">
+        <v>1951</v>
+      </c>
+      <c r="K701" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L701" t="s">
+        <v>1958</v>
+      </c>
+      <c r="M701" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13">
+      <c r="A702">
+        <v>745</v>
+      </c>
+      <c r="B702" t="s">
+        <v>152</v>
+      </c>
+      <c r="C702" t="s">
+        <v>32</v>
+      </c>
+      <c r="D702" t="s">
+        <v>1959</v>
+      </c>
+      <c r="E702" t="s">
+        <v>576</v>
+      </c>
+      <c r="F702" t="s">
+        <v>593</v>
+      </c>
+      <c r="G702" t="s">
+        <v>152</v>
+      </c>
+      <c r="H702" t="s">
+        <v>152</v>
+      </c>
+      <c r="I702" t="s">
+        <v>1960</v>
+      </c>
+      <c r="J702" t="s">
+        <v>1951</v>
+      </c>
+      <c r="K702" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L702" t="s">
+        <v>1958</v>
+      </c>
+      <c r="M702" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13">
+      <c r="A703">
+        <v>746</v>
+      </c>
+      <c r="B703" t="s">
+        <v>38</v>
+      </c>
+      <c r="C703" t="s">
+        <v>32</v>
+      </c>
+      <c r="D703" t="s">
+        <v>956</v>
+      </c>
+      <c r="E703" t="s">
+        <v>563</v>
+      </c>
+      <c r="F703" t="s">
+        <v>45</v>
+      </c>
+      <c r="G703" t="s">
+        <v>38</v>
+      </c>
+      <c r="H703" t="s">
+        <v>38</v>
+      </c>
+      <c r="I703" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J703" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K703" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L703" t="s">
+        <v>1964</v>
+      </c>
+      <c r="M703" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13">
+      <c r="A704">
+        <v>747</v>
+      </c>
+      <c r="B704" t="s">
+        <v>679</v>
+      </c>
+      <c r="C704" t="s">
+        <v>190</v>
+      </c>
+      <c r="E704" t="s">
+        <v>576</v>
+      </c>
+      <c r="F704" t="s">
+        <v>593</v>
+      </c>
+      <c r="G704" t="s">
+        <v>679</v>
+      </c>
+      <c r="H704" t="s">
+        <v>679</v>
+      </c>
+      <c r="I704" t="s">
+        <v>1965</v>
+      </c>
+      <c r="J704" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K704" t="s">
+        <v>1962</v>
+      </c>
+      <c r="L704" t="s">
+        <v>1966</v>
+      </c>
+      <c r="M704" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13">
+      <c r="A705">
+        <v>748</v>
+      </c>
+      <c r="B705" t="s">
+        <v>357</v>
+      </c>
+      <c r="C705" t="s">
+        <v>43</v>
+      </c>
+      <c r="D705" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E705" t="s">
+        <v>576</v>
+      </c>
+      <c r="F705" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G705" t="s">
+        <v>357</v>
+      </c>
+      <c r="H705" t="s">
+        <v>357</v>
+      </c>
+      <c r="I705" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J705" t="s">
+        <v>1969</v>
+      </c>
+      <c r="K705" t="s">
+        <v>1970</v>
+      </c>
+      <c r="L705" t="s">
+        <v>1971</v>
+      </c>
+      <c r="M705" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13">
+      <c r="A706">
+        <v>750</v>
+      </c>
+      <c r="B706" t="s">
+        <v>212</v>
+      </c>
+      <c r="C706" t="s">
+        <v>190</v>
+      </c>
+      <c r="D706" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E706" t="s">
+        <v>576</v>
+      </c>
+      <c r="F706" t="s">
+        <v>593</v>
+      </c>
+      <c r="G706" t="s">
+        <v>212</v>
+      </c>
+      <c r="H706" t="s">
+        <v>212</v>
+      </c>
+      <c r="I706" t="s">
+        <v>1973</v>
+      </c>
+      <c r="J706" t="s">
+        <v>1969</v>
+      </c>
+      <c r="K706" t="s">
+        <v>1969</v>
+      </c>
+      <c r="L706" t="s">
+        <v>1974</v>
+      </c>
+      <c r="M706" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13">
+      <c r="A707">
+        <v>751</v>
+      </c>
+      <c r="B707" t="s">
+        <v>124</v>
+      </c>
+      <c r="C707" t="s">
+        <v>56</v>
+      </c>
+      <c r="D707" t="s">
+        <v>514</v>
+      </c>
+      <c r="E707" t="s">
+        <v>576</v>
+      </c>
+      <c r="F707" t="s">
+        <v>593</v>
+      </c>
+      <c r="G707" t="s">
+        <v>124</v>
+      </c>
+      <c r="H707" t="s">
+        <v>124</v>
+      </c>
+      <c r="I707" t="s">
+        <v>1975</v>
+      </c>
+      <c r="J707" t="s">
+        <v>1970</v>
+      </c>
+      <c r="K707" t="s">
+        <v>1970</v>
+      </c>
+      <c r="L707" t="s">
+        <v>1976</v>
+      </c>
+      <c r="M707" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13">
+      <c r="A708">
+        <v>752</v>
+      </c>
+      <c r="B708" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C708" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D708" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E708" t="s">
+        <v>576</v>
+      </c>
+      <c r="F708" t="s">
+        <v>593</v>
+      </c>
+      <c r="G708" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H708" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I708" t="s">
+        <v>1977</v>
+      </c>
+      <c r="J708" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K708" t="s">
+        <v>1978</v>
+      </c>
+      <c r="L708" t="s">
+        <v>1979</v>
+      </c>
+      <c r="M708" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13">
+      <c r="A709">
+        <v>753</v>
+      </c>
+      <c r="B709" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C709" t="s">
+        <v>56</v>
+      </c>
+      <c r="D709" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E709" t="s">
+        <v>576</v>
+      </c>
+      <c r="F709" t="s">
+        <v>593</v>
+      </c>
+      <c r="G709" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H709" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I709" t="s">
+        <v>1981</v>
+      </c>
+      <c r="J709" t="s">
+        <v>1982</v>
+      </c>
+      <c r="K709" t="s">
+        <v>1982</v>
+      </c>
+      <c r="L709" t="s">
+        <v>1983</v>
+      </c>
+      <c r="M709" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13">
+      <c r="A710">
+        <v>754</v>
+      </c>
+      <c r="B710" t="s">
+        <v>371</v>
+      </c>
+      <c r="C710" t="s">
+        <v>43</v>
+      </c>
+      <c r="D710" t="s">
+        <v>1984</v>
+      </c>
+      <c r="E710" t="s">
+        <v>16</v>
+      </c>
+      <c r="F710" t="s">
+        <v>45</v>
+      </c>
+      <c r="G710" t="s">
+        <v>371</v>
+      </c>
+      <c r="H710" t="s">
+        <v>371</v>
+      </c>
+      <c r="I710" t="s">
+        <v>1985</v>
+      </c>
+      <c r="J710" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K710" t="s">
+        <v>1853</v>
+      </c>
+      <c r="L710" t="s">
+        <v>1986</v>
+      </c>
+      <c r="M710" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13">
+      <c r="A711">
+        <v>755</v>
+      </c>
+      <c r="B711" t="s">
+        <v>987</v>
+      </c>
+      <c r="C711" t="s">
+        <v>43</v>
+      </c>
+      <c r="D711" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E711" t="s">
+        <v>576</v>
+      </c>
+      <c r="F711" t="s">
+        <v>593</v>
+      </c>
+      <c r="G711" t="s">
+        <v>987</v>
+      </c>
+      <c r="H711" t="s">
+        <v>987</v>
+      </c>
+      <c r="I711" t="s">
+        <v>1988</v>
+      </c>
+      <c r="J711" t="s">
+        <v>1989</v>
+      </c>
+      <c r="K711" t="s">
+        <v>1989</v>
+      </c>
+      <c r="L711" t="s">
+        <v>1990</v>
+      </c>
+      <c r="M711" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13">
+      <c r="A712">
+        <v>756</v>
+      </c>
+      <c r="B712" t="s">
+        <v>601</v>
+      </c>
+      <c r="C712" t="s">
+        <v>14</v>
+      </c>
+      <c r="D712" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E712" t="s">
+        <v>576</v>
+      </c>
+      <c r="F712" t="s">
+        <v>593</v>
+      </c>
+      <c r="G712" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H712" t="s">
+        <v>601</v>
+      </c>
+      <c r="I712" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J712" t="s">
+        <v>1989</v>
+      </c>
+      <c r="K712" t="s">
+        <v>1989</v>
+      </c>
+      <c r="L712" t="s">
+        <v>1990</v>
+      </c>
+      <c r="M712" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13">
+      <c r="A713">
+        <v>757</v>
+      </c>
+      <c r="B713" t="s">
+        <v>601</v>
+      </c>
+      <c r="C713" t="s">
+        <v>14</v>
+      </c>
+      <c r="D713" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E713" t="s">
+        <v>576</v>
+      </c>
+      <c r="F713" t="s">
+        <v>593</v>
+      </c>
+      <c r="G713" t="s">
+        <v>647</v>
+      </c>
+      <c r="H713" t="s">
+        <v>601</v>
+      </c>
+      <c r="I713" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J713" t="s">
+        <v>1989</v>
+      </c>
+      <c r="K713" t="s">
+        <v>1989</v>
+      </c>
+      <c r="L713" t="s">
+        <v>1990</v>
+      </c>
+      <c r="M713" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13">
+      <c r="A714">
+        <v>758</v>
+      </c>
+      <c r="B714" t="s">
+        <v>987</v>
+      </c>
+      <c r="C714" t="s">
+        <v>43</v>
+      </c>
+      <c r="D714" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E714" t="s">
+        <v>576</v>
+      </c>
+      <c r="F714" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G714" t="s">
+        <v>987</v>
+      </c>
+      <c r="H714" t="s">
+        <v>987</v>
+      </c>
+      <c r="I714" t="s">
+        <v>1992</v>
+      </c>
+      <c r="J714" t="s">
+        <v>1989</v>
+      </c>
+      <c r="K714" t="s">
+        <v>1914</v>
+      </c>
+      <c r="L714" t="s">
+        <v>1993</v>
+      </c>
+      <c r="M714" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13">
+      <c r="A715">
+        <v>759</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C715" t="s">
+        <v>56</v>
+      </c>
+      <c r="D715" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E715" t="s">
+        <v>576</v>
+      </c>
+      <c r="F715" t="s">
+        <v>593</v>
+      </c>
+      <c r="G715" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H715" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I715" t="s">
+        <v>1995</v>
+      </c>
+      <c r="J715" t="s">
+        <v>1914</v>
+      </c>
+      <c r="K715" t="s">
+        <v>1914</v>
+      </c>
+      <c r="L715" t="s">
+        <v>1996</v>
+      </c>
+      <c r="M715" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13">
+      <c r="A716">
+        <v>760</v>
+      </c>
+      <c r="B716" t="s">
+        <v>38</v>
+      </c>
+      <c r="C716" t="s">
+        <v>32</v>
+      </c>
+      <c r="D716" t="s">
+        <v>956</v>
+      </c>
+      <c r="E716" t="s">
+        <v>563</v>
+      </c>
+      <c r="F716" t="s">
+        <v>800</v>
+      </c>
+      <c r="G716" t="s">
+        <v>38</v>
+      </c>
+      <c r="H716" t="s">
+        <v>38</v>
+      </c>
+      <c r="I716" t="s">
+        <v>1997</v>
+      </c>
+      <c r="J716" t="s">
+        <v>1998</v>
+      </c>
+      <c r="K716" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L716" t="s">
+        <v>2000</v>
+      </c>
+      <c r="M716" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13">
+      <c r="B717" t="s">
+        <v>371</v>
+      </c>
+      <c r="C717" t="s">
+        <v>43</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F717" t="s">
+        <v>45</v>
+      </c>
+      <c r="G717" t="s">
+        <v>371</v>
+      </c>
+      <c r="H717" t="s">
+        <v>371</v>
+      </c>
+      <c r="I717" t="s">
+        <v>2002</v>
+      </c>
+      <c r="J717" t="s">
+        <v>2003</v>
+      </c>
+      <c r="L717" t="s">
         <v>22</v>
       </c>
-      <c r="M623" t="s">
-        <v>1531</v>
+      <c r="M717" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13">
+      <c r="A718">
+        <v>764</v>
+      </c>
+      <c r="B718" t="s">
+        <v>601</v>
+      </c>
+      <c r="C718" t="s">
+        <v>14</v>
+      </c>
+      <c r="D718" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E718" t="s">
+        <v>576</v>
+      </c>
+      <c r="F718" t="s">
+        <v>593</v>
+      </c>
+      <c r="G718" t="s">
+        <v>647</v>
+      </c>
+      <c r="H718" t="s">
+        <v>601</v>
+      </c>
+      <c r="I718" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J718" t="s">
+        <v>2003</v>
+      </c>
+      <c r="K718" t="s">
+        <v>2003</v>
+      </c>
+      <c r="L718" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M718" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13">
+      <c r="A719">
+        <v>765</v>
+      </c>
+      <c r="B719" t="s">
+        <v>601</v>
+      </c>
+      <c r="C719" t="s">
+        <v>14</v>
+      </c>
+      <c r="D719" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E719" t="s">
+        <v>576</v>
+      </c>
+      <c r="F719" t="s">
+        <v>593</v>
+      </c>
+      <c r="G719" t="s">
+        <v>795</v>
+      </c>
+      <c r="H719" t="s">
+        <v>601</v>
+      </c>
+      <c r="I719" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J719" t="s">
+        <v>2003</v>
+      </c>
+      <c r="K719" t="s">
+        <v>2003</v>
+      </c>
+      <c r="L719" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M719" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13">
+      <c r="A720">
+        <v>766</v>
+      </c>
+      <c r="B720" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C720" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E720" t="s">
+        <v>576</v>
+      </c>
+      <c r="F720" t="s">
+        <v>593</v>
+      </c>
+      <c r="G720" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H720" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I720" t="s">
+        <v>2006</v>
+      </c>
+      <c r="J720" t="s">
+        <v>2003</v>
+      </c>
+      <c r="K720" t="s">
+        <v>2003</v>
+      </c>
+      <c r="L720" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M720" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13">
+      <c r="A721">
+        <v>767</v>
+      </c>
+      <c r="B721" t="s">
+        <v>357</v>
+      </c>
+      <c r="C721" t="s">
+        <v>43</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E721" t="s">
+        <v>576</v>
+      </c>
+      <c r="F721" t="s">
+        <v>593</v>
+      </c>
+      <c r="G721" t="s">
+        <v>357</v>
+      </c>
+      <c r="H721" t="s">
+        <v>357</v>
+      </c>
+      <c r="I721" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J721" t="s">
+        <v>2009</v>
+      </c>
+      <c r="K721" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L721" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M721" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13">
+      <c r="A722">
+        <v>768</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C722" t="s">
+        <v>190</v>
+      </c>
+      <c r="E722" t="s">
+        <v>576</v>
+      </c>
+      <c r="F722" t="s">
+        <v>593</v>
+      </c>
+      <c r="G722" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H722" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I722" t="s">
+        <v>2011</v>
+      </c>
+      <c r="J722" t="s">
+        <v>2009</v>
+      </c>
+      <c r="K722" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L722" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M722" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13">
+      <c r="A723">
+        <v>769</v>
+      </c>
+      <c r="B723" t="s">
+        <v>481</v>
+      </c>
+      <c r="C723" t="s">
+        <v>56</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E723" t="s">
+        <v>576</v>
+      </c>
+      <c r="F723" t="s">
+        <v>593</v>
+      </c>
+      <c r="G723" t="s">
+        <v>481</v>
+      </c>
+      <c r="H723" t="s">
+        <v>481</v>
+      </c>
+      <c r="I723" t="s">
+        <v>2013</v>
+      </c>
+      <c r="J723" t="s">
+        <v>2009</v>
+      </c>
+      <c r="K723" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L723" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M723" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13">
+      <c r="A724">
+        <v>770</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C724" t="s">
+        <v>190</v>
+      </c>
+      <c r="E724" t="s">
+        <v>576</v>
+      </c>
+      <c r="F724" t="s">
+        <v>593</v>
+      </c>
+      <c r="G724" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H724" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I724" t="s">
+        <v>1087</v>
+      </c>
+      <c r="J724" t="s">
+        <v>1999</v>
+      </c>
+      <c r="K724" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L724" t="s">
+        <v>2014</v>
+      </c>
+      <c r="M724" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13">
+      <c r="A725">
+        <v>771</v>
+      </c>
+      <c r="B725" t="s">
+        <v>152</v>
+      </c>
+      <c r="C725" t="s">
+        <v>32</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2015</v>
+      </c>
+      <c r="E725" t="s">
+        <v>576</v>
+      </c>
+      <c r="F725" t="s">
+        <v>593</v>
+      </c>
+      <c r="G725" t="s">
+        <v>152</v>
+      </c>
+      <c r="H725" t="s">
+        <v>152</v>
+      </c>
+      <c r="I725" t="s">
+        <v>2016</v>
+      </c>
+      <c r="J725" t="s">
+        <v>1947</v>
+      </c>
+      <c r="K725" t="s">
+        <v>1947</v>
+      </c>
+      <c r="L725" t="s">
+        <v>2017</v>
+      </c>
+      <c r="M725" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13">
+      <c r="A726">
+        <v>772</v>
+      </c>
+      <c r="B726" t="s">
+        <v>601</v>
+      </c>
+      <c r="C726" t="s">
+        <v>14</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E726" t="s">
+        <v>576</v>
+      </c>
+      <c r="F726" t="s">
+        <v>593</v>
+      </c>
+      <c r="G726" t="s">
+        <v>665</v>
+      </c>
+      <c r="H726" t="s">
+        <v>601</v>
+      </c>
+      <c r="I726" t="s">
+        <v>2018</v>
+      </c>
+      <c r="J726" t="s">
+        <v>2019</v>
+      </c>
+      <c r="K726" t="s">
+        <v>2019</v>
+      </c>
+      <c r="L726" t="s">
+        <v>2020</v>
+      </c>
+      <c r="M726" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13">
+      <c r="A727">
+        <v>773</v>
+      </c>
+      <c r="B727" t="s">
+        <v>601</v>
+      </c>
+      <c r="C727" t="s">
+        <v>14</v>
+      </c>
+      <c r="D727" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E727" t="s">
+        <v>576</v>
+      </c>
+      <c r="F727" t="s">
+        <v>593</v>
+      </c>
+      <c r="G727" t="s">
+        <v>647</v>
+      </c>
+      <c r="H727" t="s">
+        <v>601</v>
+      </c>
+      <c r="I727" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J727" t="s">
+        <v>2019</v>
+      </c>
+      <c r="K727" t="s">
+        <v>2019</v>
+      </c>
+      <c r="L727" t="s">
+        <v>2020</v>
+      </c>
+      <c r="M727" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13">
+      <c r="A728">
+        <v>774</v>
+      </c>
+      <c r="B728" t="s">
+        <v>124</v>
+      </c>
+      <c r="C728" t="s">
+        <v>56</v>
+      </c>
+      <c r="D728" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E728" t="s">
+        <v>576</v>
+      </c>
+      <c r="F728" t="s">
+        <v>593</v>
+      </c>
+      <c r="G728" t="s">
+        <v>124</v>
+      </c>
+      <c r="H728" t="s">
+        <v>124</v>
+      </c>
+      <c r="I728" t="s">
+        <v>2021</v>
+      </c>
+      <c r="J728" t="s">
+        <v>2019</v>
+      </c>
+      <c r="K728" t="s">
+        <v>2019</v>
+      </c>
+      <c r="L728" t="s">
+        <v>2020</v>
+      </c>
+      <c r="M728" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13">
+      <c r="A729">
+        <v>775</v>
+      </c>
+      <c r="B729" t="s">
+        <v>735</v>
+      </c>
+      <c r="C729" t="s">
+        <v>56</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E729" t="s">
+        <v>576</v>
+      </c>
+      <c r="F729" t="s">
+        <v>593</v>
+      </c>
+      <c r="G729" t="s">
+        <v>735</v>
+      </c>
+      <c r="H729" t="s">
+        <v>735</v>
+      </c>
+      <c r="I729" t="s">
+        <v>2022</v>
+      </c>
+      <c r="J729" t="s">
+        <v>2023</v>
+      </c>
+      <c r="K729" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L729" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M729" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13">
+      <c r="A730">
+        <v>776</v>
+      </c>
+      <c r="B730" t="s">
+        <v>601</v>
+      </c>
+      <c r="C730" t="s">
+        <v>14</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E730" t="s">
+        <v>576</v>
+      </c>
+      <c r="F730" t="s">
+        <v>593</v>
+      </c>
+      <c r="G730" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H730" t="s">
+        <v>601</v>
+      </c>
+      <c r="I730" t="s">
+        <v>2025</v>
+      </c>
+      <c r="J730" t="s">
+        <v>2023</v>
+      </c>
+      <c r="K730" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L730" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M730" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13">
+      <c r="A731">
+        <v>777</v>
+      </c>
+      <c r="B731" t="s">
+        <v>601</v>
+      </c>
+      <c r="C731" t="s">
+        <v>14</v>
+      </c>
+      <c r="D731" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E731" t="s">
+        <v>576</v>
+      </c>
+      <c r="F731" t="s">
+        <v>593</v>
+      </c>
+      <c r="G731" t="s">
+        <v>647</v>
+      </c>
+      <c r="H731" t="s">
+        <v>601</v>
+      </c>
+      <c r="I731" t="s">
+        <v>1758</v>
+      </c>
+      <c r="J731" t="s">
+        <v>2023</v>
+      </c>
+      <c r="K731" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L731" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M731" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13">
+      <c r="A732">
+        <v>778</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C732" t="s">
+        <v>56</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2026</v>
+      </c>
+      <c r="E732" t="s">
+        <v>576</v>
+      </c>
+      <c r="F732" t="s">
+        <v>593</v>
+      </c>
+      <c r="G732" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H732" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I732" t="s">
+        <v>2027</v>
+      </c>
+      <c r="J732" t="s">
+        <v>2023</v>
+      </c>
+      <c r="K732" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L732" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M732" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13">
+      <c r="A733">
+        <v>779</v>
+      </c>
+      <c r="B733" t="s">
+        <v>601</v>
+      </c>
+      <c r="C733" t="s">
+        <v>14</v>
+      </c>
+      <c r="D733" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E733" t="s">
+        <v>576</v>
+      </c>
+      <c r="F733" t="s">
+        <v>593</v>
+      </c>
+      <c r="G733" t="s">
+        <v>433</v>
+      </c>
+      <c r="H733" t="s">
+        <v>601</v>
+      </c>
+      <c r="I733" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J733" t="s">
+        <v>2023</v>
+      </c>
+      <c r="K733" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L733" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M733" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13">
+      <c r="A734">
+        <v>780</v>
+      </c>
+      <c r="B734" t="s">
+        <v>581</v>
+      </c>
+      <c r="C734" t="s">
+        <v>43</v>
+      </c>
+      <c r="D734" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E734" t="s">
+        <v>576</v>
+      </c>
+      <c r="F734" t="s">
+        <v>593</v>
+      </c>
+      <c r="G734" t="s">
+        <v>581</v>
+      </c>
+      <c r="H734" t="s">
+        <v>581</v>
+      </c>
+      <c r="I734" t="s">
+        <v>2028</v>
+      </c>
+      <c r="J734" t="s">
+        <v>2029</v>
+      </c>
+      <c r="K734" t="s">
+        <v>2029</v>
+      </c>
+      <c r="L734" t="s">
+        <v>2030</v>
+      </c>
+      <c r="M734" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13">
+      <c r="A735">
+        <v>781</v>
+      </c>
+      <c r="B735" t="s">
+        <v>581</v>
+      </c>
+      <c r="C735" t="s">
+        <v>43</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E735" t="s">
+        <v>576</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G735" t="s">
+        <v>581</v>
+      </c>
+      <c r="H735" t="s">
+        <v>581</v>
+      </c>
+      <c r="I735" t="s">
+        <v>2032</v>
+      </c>
+      <c r="J735" t="s">
+        <v>2029</v>
+      </c>
+      <c r="K735" t="s">
+        <v>2033</v>
+      </c>
+      <c r="L735" t="s">
+        <v>2034</v>
+      </c>
+      <c r="M735" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13">
+      <c r="A736">
+        <v>782</v>
+      </c>
+      <c r="B736" t="s">
+        <v>581</v>
+      </c>
+      <c r="C736" t="s">
+        <v>43</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E736" t="s">
+        <v>576</v>
+      </c>
+      <c r="F736" t="s">
+        <v>593</v>
+      </c>
+      <c r="G736" t="s">
+        <v>581</v>
+      </c>
+      <c r="H736" t="s">
+        <v>581</v>
+      </c>
+      <c r="I736" t="s">
+        <v>2036</v>
+      </c>
+      <c r="J736" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K736" t="s">
+        <v>2037</v>
+      </c>
+      <c r="L736" t="s">
+        <v>2038</v>
+      </c>
+      <c r="M736" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13">
+      <c r="A737">
+        <v>783</v>
+      </c>
+      <c r="B737" t="s">
+        <v>38</v>
+      </c>
+      <c r="C737" t="s">
+        <v>32</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E737" t="s">
+        <v>563</v>
+      </c>
+      <c r="F737" t="s">
+        <v>892</v>
+      </c>
+      <c r="G737" t="s">
+        <v>38</v>
+      </c>
+      <c r="H737" t="s">
+        <v>38</v>
+      </c>
+      <c r="I737" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J737" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K737" t="s">
+        <v>2041</v>
+      </c>
+      <c r="L737" t="s">
+        <v>2042</v>
+      </c>
+      <c r="M737" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">