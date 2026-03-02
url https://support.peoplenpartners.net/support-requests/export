--- v1 (2026-03-02)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2043">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2045">
   <si>
     <t>Ticket No</t>
   </si>
   <si>
     <t>Requester</t>
   </si>
   <si>
     <t>Department</t>
   </si>
   <si>
     <t>Project Title</t>
   </si>
   <si>
     <t>Severity Level</t>
   </si>
   <si>
     <t>Request Type</t>
   </si>
   <si>
     <t>Requester Name</t>
   </si>
   <si>
     <t>Created By</t>
   </si>
   <si>
@@ -7543,50 +7543,58 @@
   </si>
   <si>
     <t>2026-02-27</t>
   </si>
   <si>
     <t>Description: Basic user guidance or how-to support
 Resolution Time: Within 2 hours
 Expected Completion Date: 2026-02-27
 Notes: Handled by helpdesk</t>
   </si>
   <si>
     <t>AMK Renewal Listing Import in March 2026</t>
   </si>
   <si>
     <t>Dear IT Team,
 Pls help book AMK Renewal Listing of MTB &amp; PA in March 2026 as attached. (Urgent). Thanks</t>
   </si>
   <si>
     <t>2026-03-02</t>
   </si>
   <si>
     <t>Description: Imports requiring format adjustment, validation, or mapping
 Resolution Time: Within 5 hours
 Expected Completion Date: 2026-03-02
 Notes: May need coordination with data owners for clarification</t>
+  </si>
+  <si>
+    <t>Assist on leave request issues</t>
+  </si>
+  <si>
+    <t>Dear team, 
+Please help assist me with the leave request platform.
+Thanks,</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7890,51 +7898,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M737"/>
+  <dimension ref="A1:M738"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -37402,50 +37410,82 @@
         <v>563</v>
       </c>
       <c r="F737" t="s">
         <v>892</v>
       </c>
       <c r="G737" t="s">
         <v>38</v>
       </c>
       <c r="H737" t="s">
         <v>38</v>
       </c>
       <c r="I737" t="s">
         <v>2040</v>
       </c>
       <c r="J737" t="s">
         <v>2037</v>
       </c>
       <c r="K737" t="s">
         <v>2041</v>
       </c>
       <c r="L737" t="s">
         <v>2042</v>
       </c>
       <c r="M737" t="s">
         <v>23</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13">
+      <c r="B738" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C738" t="s">
+        <v>56</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F738" t="s">
+        <v>593</v>
+      </c>
+      <c r="G738" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H738" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I738" t="s">
+        <v>2044</v>
+      </c>
+      <c r="J738" t="s">
+        <v>2041</v>
+      </c>
+      <c r="L738" t="s">
+        <v>22</v>
+      </c>
+      <c r="M738" t="s">
+        <v>1727</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">